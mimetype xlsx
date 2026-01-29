--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,72 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review\Tax Year\2025\LGS\In Review\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review Repository\Forms Repository\TY2025\Public Site\LGS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:8001_{38DF2A19-D057-492D-B75C-399D4C9CDEEA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50F7A322-7542-4B03-9D7F-4A89E6F40435}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="vIIGuvZQi1QNG+CbGpj50HpneXSTY9ZT6gSqRPBqDGPdIKfpoy/OXAv5mjuMEbPNK/EYRuAOCJoIMuoKtsUj3w==" workbookSaltValue="Xhhk2Y4sn8Riz81tQ66Dlw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="168" yWindow="72" windowWidth="11616" windowHeight="6432" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8952" yWindow="1404" windowWidth="14088" windowHeight="8988" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Sheet 1'!$A$1:$H$141</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C30" i="1" l="1"/>
   <c r="D30" i="1"/>
   <c r="E30" i="1"/>
   <c r="F16" i="1" l="1"/>
   <c r="F13" i="1"/>
   <c r="F14" i="1" s="1"/>
   <c r="F17" i="1"/>
   <c r="F18" i="1"/>
   <c r="D14" i="1"/>
   <c r="D19" i="1"/>
   <c r="E14" i="1"/>
   <c r="E19" i="1"/>
   <c r="C14" i="1"/>
   <c r="C19" i="1"/>
   <c r="F21" i="1"/>
   <c r="F22" i="1"/>
   <c r="F23" i="1"/>
   <c r="F24" i="1"/>
   <c r="F25" i="1"/>
   <c r="F26" i="1"/>
@@ -1536,176 +1552,91 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t>IOWA</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1100">
             <a:effectLst/>
             <a:latin typeface="Calibri"/>
             <a:ea typeface="Calibri"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>77832</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>2540</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>21590</xdr:rowOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>167961</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 9" descr="&quot;&quot; &quot;&quot;" title="&quot;&quot; &quot;&quot;">
+        <xdr:cNvPr id="10" name="Picture 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
-        <a:stretch>
-[...1 lines deleted...]
-        </a:stretch>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="114300" y="19050"/>
-          <a:ext cx="1701800" cy="529637"/>
+          <a:off x="536331" y="77832"/>
+          <a:ext cx="1687732" cy="394929"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData/>
-[...81 lines deleted...]
-    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2048,51 +1979,51 @@
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:IW142"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="108" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A275" zoomScale="75" zoomScaleNormal="130" zoomScaleSheetLayoutView="108" workbookViewId="0">
       <selection activeCell="H139" sqref="H139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.85546875" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" customWidth="1"/>
     <col min="3" max="5" width="17.28515625" customWidth="1"/>
     <col min="6" max="6" width="15.85546875" style="16" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" style="4" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:8" ht="17.399999999999999" x14ac:dyDescent="0.2">
       <c r="G2" s="44"/>
       <c r="H2" s="44" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G3" s="45"/>
       <c r="H3" s="45" t="s">
         <v>122</v>
       </c>