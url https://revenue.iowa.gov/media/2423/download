--- v1 (2026-01-29)
+++ v2 (2026-02-10)
@@ -8,57 +8,57 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review Repository\Forms Repository\TY2025\Public Site\LGS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review\Tax Year\2026\LGS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50F7A322-7542-4B03-9D7F-4A89E6F40435}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0574BD3D-C6ED-42DA-9934-F9655DFC3A5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="vIIGuvZQi1QNG+CbGpj50HpneXSTY9ZT6gSqRPBqDGPdIKfpoy/OXAv5mjuMEbPNK/EYRuAOCJoIMuoKtsUj3w==" workbookSaltValue="Xhhk2Y4sn8Riz81tQ66Dlw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="8952" yWindow="1404" windowWidth="14088" windowHeight="8988" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-57720" yWindow="0" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Sheet 1'!$A$1:$H$141</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -1003,60 +1003,60 @@
   <si>
     <t>Repairs &amp; maintenance</t>
   </si>
   <si>
     <t>Notes to statement:</t>
   </si>
   <si>
     <t>(2) Late fees include NSF (non-sufficient funds) charges and late rent payment fees.</t>
   </si>
   <si>
     <t>(3) Miscellaneous income also includes vending income, utility reimbursements and clubhouse income.</t>
   </si>
   <si>
     <t>(4) Miscellaneous expenses also include entertainment and uniforms.</t>
   </si>
   <si>
     <t>(6) Cleaning and cleaning supplies include apartment and common area cleaning expenses.</t>
   </si>
   <si>
     <t xml:space="preserve">expenses please indicate expenses used with a hidden comment in Reporting period cells at the top of this report.  </t>
   </si>
   <si>
     <t xml:space="preserve">                                          General partner or title _____________________________________</t>
   </si>
   <si>
-    <t>2025 Assessment</t>
-[...8 lines deleted...]
-    <t>57-014b (01/23/2025)</t>
+    <t>2026 Assessment</t>
+  </si>
+  <si>
+    <t>57-014a (01/23/2026)</t>
+  </si>
+  <si>
+    <t>57-014b (01/23/2026)</t>
+  </si>
+  <si>
+    <t>Once withdrawn, the property will be classed and assessed as residential after January 1, 2026, unless it fails to meet the other requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1552,91 +1552,176 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t>IOWA</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1100">
             <a:effectLst/>
             <a:latin typeface="Calibri"/>
             <a:ea typeface="Calibri"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>77832</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>2540</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>167961</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>21590</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 9">
+        <xdr:cNvPr id="10" name="Picture 9" descr="&quot;&quot; &quot;&quot;" title="&quot;&quot; &quot;&quot;">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
-        <a:stretch/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="536331" y="77832"/>
-          <a:ext cx="1687732" cy="394929"/>
+          <a:off x="114300" y="19050"/>
+          <a:ext cx="1701800" cy="529637"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>152400</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>755650</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>113030</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Text Box 2" descr="&quot;&quot; &quot;&quot;" title="&quot;&quot; &quot;&quot;">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1">
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="152400" y="123825"/>
+          <a:ext cx="603250" cy="303530"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+        <a:effectLst/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0">
+            <a:lnSpc>
+              <a:spcPct val="115000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="1000"/>
+            </a:spcAft>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:rPr>
+            <a:t>IOWA</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:effectLst/>
+            <a:latin typeface="Calibri"/>
+            <a:ea typeface="Calibri"/>
+            <a:cs typeface="Times New Roman"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1979,52 +2064,52 @@
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:IW142"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A275" zoomScale="75" zoomScaleNormal="130" zoomScaleSheetLayoutView="108" workbookViewId="0">
-      <selection activeCell="H139" sqref="H139"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="108" workbookViewId="0">
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.85546875" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" customWidth="1"/>
     <col min="3" max="5" width="17.28515625" customWidth="1"/>
     <col min="6" max="6" width="15.85546875" style="16" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" style="4" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:8" ht="17.399999999999999" x14ac:dyDescent="0.2">
       <c r="G2" s="44"/>
       <c r="H2" s="44" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G3" s="45"/>
       <c r="H3" s="45" t="s">
         <v>122</v>
       </c>
     </row>
@@ -2094,57 +2179,57 @@
       <c r="G9" s="71"/>
       <c r="H9" s="72"/>
     </row>
     <row r="10" spans="2:8" ht="10.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6"/>
       <c r="C10" s="34" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="34" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="34" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="5"/>
       <c r="H10" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B11" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D11" s="8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E11" s="8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F11" s="32" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>56</v>
       </c>
       <c r="H11" s="12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B12" s="51" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
       <c r="F12" s="26"/>
       <c r="G12" s="63" t="s">
         <v>58</v>
       </c>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.2">
@@ -3328,51 +3413,51 @@
       <c r="D70" s="40">
         <f>SUM(D64:D69)</f>
         <v>0</v>
       </c>
       <c r="E70" s="40">
         <f>SUM(E64:E69)</f>
         <v>0</v>
       </c>
       <c r="F70" s="41">
         <f>SUM(F64:F69)</f>
         <v>0</v>
       </c>
       <c r="G70" s="42"/>
       <c r="H70" s="43" t="e">
         <f>F70/F31</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="71" spans="2:8" ht="10.8" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B71" s="31"/>
       <c r="C71" s="22"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="25"/>
       <c r="G71" s="66" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H71" s="67"/>
     </row>
     <row r="72" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B72" s="10" t="s">
         <v>114</v>
       </c>
       <c r="C72" s="8"/>
       <c r="D72" s="8"/>
       <c r="E72" s="8"/>
       <c r="F72" s="32"/>
       <c r="G72" s="8"/>
       <c r="H72" s="12"/>
     </row>
     <row r="73" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B73" s="51" t="s">
         <v>98</v>
       </c>
       <c r="C73" s="22">
         <v>0</v>
       </c>
       <c r="D73" s="22">
         <v>0</v>
       </c>
       <c r="E73" s="22">
@@ -4023,101 +4108,101 @@
       <c r="D105" s="30">
         <f>D31-D103</f>
         <v>0</v>
       </c>
       <c r="E105" s="30">
         <f>E31-E103</f>
         <v>0</v>
       </c>
       <c r="F105" s="30" t="e">
         <f>F31-F103</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H105" s="13"/>
     </row>
     <row r="106" spans="2:8" x14ac:dyDescent="0.2">
       <c r="H106" s="13"/>
     </row>
     <row r="107" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="2"/>
       <c r="C107" s="17"/>
       <c r="D107" s="68" t="s">
         <v>31</v>
       </c>
       <c r="E107" s="68"/>
       <c r="F107" s="65">
-        <v>0.1004</v>
+        <v>0.1032</v>
       </c>
       <c r="H107" s="13"/>
     </row>
     <row r="108" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B108" s="2"/>
       <c r="C108" s="28"/>
       <c r="D108" s="69" t="s">
         <v>32</v>
       </c>
       <c r="E108" s="69"/>
       <c r="F108" s="30" t="e">
         <f>F105/F107</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H108" s="13"/>
     </row>
     <row r="110" spans="2:8" ht="12" x14ac:dyDescent="0.25">
       <c r="B110" s="76" t="s">
         <v>42</v>
       </c>
       <c r="C110" s="77"/>
       <c r="D110" s="77"/>
       <c r="E110" s="77"/>
       <c r="F110" s="77"/>
       <c r="G110" s="77"/>
       <c r="H110" s="77"/>
     </row>
     <row r="111" spans="2:8" ht="12" x14ac:dyDescent="0.25">
       <c r="B111" s="61"/>
       <c r="C111" s="62"/>
       <c r="D111" s="62"/>
       <c r="E111" s="62"/>
       <c r="F111" s="62"/>
       <c r="G111" s="62"/>
       <c r="H111" s="62"/>
     </row>
     <row r="112" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B112" s="38" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="38"/>
       <c r="D112" s="52"/>
       <c r="E112" s="52"/>
       <c r="F112" s="53"/>
       <c r="G112" s="54"/>
       <c r="H112" s="38"/>
     </row>
     <row r="113" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B113" s="38" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C113" s="38"/>
       <c r="D113" s="52"/>
       <c r="E113" s="52"/>
       <c r="F113" s="53"/>
       <c r="G113" s="54"/>
       <c r="H113" s="38"/>
     </row>
     <row r="114" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B114" s="38" t="s">
         <v>48</v>
       </c>
       <c r="C114" s="38"/>
       <c r="D114" s="52"/>
       <c r="E114" s="52"/>
       <c r="F114" s="53"/>
       <c r="G114" s="54"/>
       <c r="H114" s="38"/>
     </row>
     <row r="115" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B115" s="10"/>
       <c r="C115" s="37"/>
     </row>
     <row r="116" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B116" s="60" t="s">
@@ -4341,51 +4426,51 @@
       <c r="C139" s="20"/>
       <c r="D139" s="20"/>
       <c r="E139" s="20"/>
       <c r="F139" s="20"/>
       <c r="G139" s="20"/>
       <c r="H139" s="20"/>
     </row>
     <row r="140" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B140" s="20"/>
       <c r="C140" s="18"/>
       <c r="D140" s="18"/>
       <c r="E140" s="18"/>
       <c r="F140" s="18"/>
       <c r="G140" s="18"/>
       <c r="H140" s="18"/>
     </row>
     <row r="141" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B141" s="78" t="s">
         <v>43</v>
       </c>
       <c r="C141" s="78"/>
       <c r="D141" s="78"/>
       <c r="E141" s="78"/>
       <c r="F141" s="78"/>
       <c r="G141" s="66" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H141" s="67"/>
     </row>
     <row r="142" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B142" s="78"/>
       <c r="C142" s="78"/>
       <c r="D142" s="78"/>
       <c r="E142" s="78"/>
       <c r="F142" s="78"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="13">
     <mergeCell ref="G141:H141"/>
     <mergeCell ref="D107:E107"/>
     <mergeCell ref="D108:E108"/>
     <mergeCell ref="C9:H9"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="C6:H6"/>
     <mergeCell ref="C7:H7"/>
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="B110:H110"/>
     <mergeCell ref="G71:H71"/>