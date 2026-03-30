--- v0 (2025-10-16)
+++ v1 (2026-03-30)
@@ -1,73 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20414"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review\Tax Year\2024\LGS\Ready for Production\CA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\IDR Shared Perm\Annual Forms Review\Tax Year\2025\LGS\Central Assessment Team\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18FBC595-36E6-4010-A665-B6B0BBB827D7}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5B41F368-8E2F-4185-95A0-9FA7C5D126DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="360" yWindow="72" windowWidth="18072" windowHeight="11256" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4185" yWindow="2400" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="REPORT" sheetId="1" r:id="rId1"/>
     <sheet name="EDP SHEET" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="A">#REF!</definedName>
     <definedName name="B">#REF!</definedName>
     <definedName name="C_">'EDP SHEET'!$A$1:$J$41</definedName>
     <definedName name="D">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'EDP SHEET'!$A$1:$J$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">REPORT!$A$1:$L$18</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L11" i="1" l="1"/>
   <c r="J11" i="1"/>
   <c r="H11" i="1"/>
   <c r="F11" i="1"/>
   <c r="D11" i="1"/>
   <c r="B11" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="46">
   <si>
     <t>COST</t>
   </si>
   <si>
     <t>ACCUM DEPR</t>
   </si>
   <si>
     <t xml:space="preserve">CURRENT </t>
   </si>
@@ -167,60 +183,60 @@
   <si>
     <t xml:space="preserve">TRANSMISSION </t>
   </si>
   <si>
     <t>(NAME)</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>(COST)</t>
   </si>
   <si>
     <t>LINES</t>
   </si>
   <si>
     <t>(DEPT. USE ONLY)</t>
   </si>
   <si>
     <t>(MILES)</t>
   </si>
   <si>
     <t>(6 DIGITS)</t>
   </si>
   <si>
-    <t>NET 2023 &amp; PRIOR ASSETS</t>
-[...8 lines deleted...]
-    <t>ANNUAL REPORT FOR YEAR ENDED 2024</t>
+    <t>ANNUAL REPORT FOR YEAR ENDED 2025</t>
+  </si>
+  <si>
+    <t>NET 2024 &amp; PRIOR ASSETS</t>
+  </si>
+  <si>
+    <t>2025 NET ADDITIONS</t>
+  </si>
+  <si>
+    <t>2025 NET RETIREMENTS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -612,317 +628,289 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="double">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1066,87 +1054,87 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="25.33203125" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="15.6640625" customWidth="1"/>
+    <col min="1" max="1" width="25.28515625" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" customWidth="1"/>
+    <col min="4" max="4" width="15.7109375" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" customWidth="1"/>
+    <col min="7" max="7" width="1.7109375" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" customWidth="1"/>
+    <col min="10" max="10" width="15.7109375" customWidth="1"/>
+    <col min="11" max="11" width="1.7109375" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.8">
+    <row r="1" spans="1:12" ht="14.25">
       <c r="A1" s="8"/>
       <c r="F1" s="10" t="s">
         <v>14</v>
       </c>
       <c r="G1" s="10"/>
     </row>
-    <row r="2" spans="1:12" ht="13.8">
+    <row r="2" spans="1:12" ht="14.25">
       <c r="A2" s="8"/>
       <c r="F2" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="10"/>
     </row>
-    <row r="3" spans="1:12" ht="13.8">
+    <row r="3" spans="1:12" ht="14.25">
       <c r="A3" s="9"/>
-      <c r="F3" s="11">
-        <v>45657</v>
+      <c r="F3" s="62">
+        <v>46022</v>
       </c>
       <c r="G3" s="11"/>
     </row>
     <row r="5" spans="1:12">
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I5" s="2"/>
       <c r="J5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="K5" s="2"/>
       <c r="L5" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:12">
@@ -1166,80 +1154,80 @@
         <v>5</v>
       </c>
       <c r="I6" s="2"/>
       <c r="J6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="K6" s="2"/>
       <c r="L6" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
     </row>
     <row r="8" spans="1:12" ht="18" customHeight="1">
-      <c r="A8" s="51" t="s">
-        <v>42</v>
+      <c r="A8" s="63" t="s">
+        <v>43</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="15"/>
       <c r="D8" s="14"/>
       <c r="F8" s="17"/>
       <c r="H8" s="14"/>
       <c r="I8" s="15"/>
       <c r="J8" s="14"/>
       <c r="K8" s="15"/>
       <c r="L8" s="14"/>
     </row>
     <row r="9" spans="1:12" ht="18" customHeight="1">
-      <c r="A9" s="51" t="s">
-        <v>43</v>
+      <c r="A9" s="63" t="s">
+        <v>44</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="15"/>
       <c r="D9" s="14"/>
       <c r="F9" s="17"/>
       <c r="H9" s="14"/>
       <c r="I9" s="15"/>
       <c r="J9" s="14"/>
       <c r="K9" s="15"/>
       <c r="L9" s="14"/>
     </row>
     <row r="10" spans="1:12" ht="18" customHeight="1">
-      <c r="A10" s="51" t="s">
-        <v>44</v>
+      <c r="A10" s="63" t="s">
+        <v>45</v>
       </c>
       <c r="B10" s="14"/>
       <c r="C10" s="16"/>
       <c r="D10" s="14"/>
       <c r="E10" s="5"/>
       <c r="F10" s="17"/>
       <c r="G10" s="5"/>
       <c r="H10" s="14"/>
       <c r="I10" s="16"/>
       <c r="J10" s="14"/>
       <c r="K10" s="16"/>
       <c r="L10" s="14"/>
     </row>
     <row r="11" spans="1:12" ht="21" customHeight="1" thickBot="1">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="18">
         <f>SUM(B8:B10)</f>
         <v>0</v>
       </c>
       <c r="C11" s="16"/>
       <c r="D11" s="18">
         <f>SUM(D8:D10)</f>
         <v>0</v>
@@ -1283,607 +1271,611 @@
       <c r="H15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="18" customHeight="1">
       <c r="A16" s="3"/>
       <c r="D16" s="3"/>
       <c r="H16" s="13"/>
       <c r="L16" s="12"/>
     </row>
     <row r="17" spans="1:12" ht="18" customHeight="1">
       <c r="A17" s="3"/>
       <c r="D17" s="3"/>
       <c r="H17" s="13"/>
       <c r="L17" s="12"/>
     </row>
     <row r="18" spans="1:12" ht="18" customHeight="1" thickBot="1">
       <c r="L18" s="4"/>
     </row>
-    <row r="19" spans="1:12" ht="13.8" thickTop="1"/>
+    <row r="19" spans="1:12" ht="13.5" thickTop="1"/>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr transitionEvaluation="1">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:J42"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" defaultGridColor="0" colorId="22" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.44140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="12.42578125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="32.33203125" style="20" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="12.44140625" style="20"/>
+    <col min="1" max="1" width="32.28515625" style="20" customWidth="1"/>
+    <col min="2" max="2" width="12.7109375" style="20" customWidth="1"/>
+    <col min="3" max="5" width="13.7109375" style="20" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" style="20" customWidth="1"/>
+    <col min="7" max="7" width="11.5703125" style="20" customWidth="1"/>
+    <col min="8" max="9" width="13.7109375" style="20" customWidth="1"/>
+    <col min="10" max="10" width="14.5703125" style="20" customWidth="1"/>
+    <col min="11" max="16384" width="12.42578125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="C1" s="21" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="16.95" customHeight="1">
+    <row r="2" spans="1:10" ht="16.899999999999999" customHeight="1">
       <c r="F2" s="21"/>
     </row>
-    <row r="3" spans="1:10" ht="16.95" customHeight="1">
-[...2 lines deleted...]
-      </c>
+    <row r="3" spans="1:10" ht="16.899999999999999" customHeight="1">
+      <c r="A3" s="56" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" s="57"/>
+      <c r="C3" s="57"/>
       <c r="F3" s="21"/>
       <c r="J3" s="22"/>
     </row>
     <row r="4" spans="1:10" ht="12" customHeight="1" thickBot="1">
-      <c r="A4" s="23" t="s">
+      <c r="A4" s="58" t="s">
         <v>17</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="H5" s="26" t="s">
+      <c r="B4" s="57"/>
+      <c r="C4" s="57"/>
+    </row>
+    <row r="5" spans="1:10" ht="16.899999999999999" customHeight="1" thickTop="1">
+      <c r="A5" s="59"/>
+      <c r="B5" s="60"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="24"/>
+      <c r="H5" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="I5" s="26"/>
-[...16 lines deleted...]
-      <c r="B7" s="33" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="25"/>
+    </row>
+    <row r="6" spans="1:10" ht="8.65" customHeight="1">
+      <c r="A6" s="26"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="49"/>
+      <c r="J6" s="28"/>
+    </row>
+    <row r="7" spans="1:10" ht="9.9499999999999993" customHeight="1">
+      <c r="A7" s="29"/>
+      <c r="B7" s="30" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="33" t="s">
+      <c r="C7" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="D7" s="33" t="s">
+      <c r="D7" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="E7" s="33" t="s">
+      <c r="E7" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="30" t="s">
         <v>24</v>
       </c>
-      <c r="G7" s="33" t="s">
+      <c r="G7" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="H7" s="33" t="s">
+      <c r="H7" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="I7" s="54"/>
-      <c r="J7" s="34" t="s">
+      <c r="I7" s="50"/>
+      <c r="J7" s="31" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="9.9" customHeight="1">
-      <c r="A8" s="35" t="s">
+    <row r="8" spans="1:10" ht="9.9499999999999993" customHeight="1">
+      <c r="A8" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="33" t="s">
+      <c r="B8" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="33" t="s">
+      <c r="C8" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="33" t="s">
+      <c r="D8" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="E8" s="33" t="s">
+      <c r="E8" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="F8" s="33" t="s">
+      <c r="F8" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="G8" s="33" t="s">
+      <c r="G8" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="H8" s="33" t="s">
+      <c r="H8" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="I8" s="56" t="s">
+      <c r="I8" s="52" t="s">
         <v>18</v>
       </c>
-      <c r="J8" s="34" t="s">
+      <c r="J8" s="31" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="9.9" customHeight="1">
-      <c r="A9" s="35" t="s">
+    <row r="9" spans="1:10" ht="9.9499999999999993" customHeight="1">
+      <c r="A9" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="33" t="s">
+      <c r="B9" s="30" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="33" t="s">
+      <c r="C9" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="33" t="s">
+      <c r="D9" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="33" t="s">
+      <c r="E9" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="F9" s="33" t="s">
+      <c r="F9" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="G9" s="33" t="s">
+      <c r="G9" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="H9" s="33" t="s">
+      <c r="H9" s="30" t="s">
         <v>38</v>
       </c>
-      <c r="I9" s="54"/>
-      <c r="J9" s="34" t="s">
+      <c r="I9" s="50"/>
+      <c r="J9" s="31" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="9.9" customHeight="1">
-[...1 lines deleted...]
-      <c r="B10" s="50" t="s">
+    <row r="10" spans="1:10" ht="9.9499999999999993" customHeight="1">
+      <c r="A10" s="29"/>
+      <c r="B10" s="47" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="36"/>
-[...4 lines deleted...]
-      <c r="H10" s="33" t="s">
+      <c r="C10" s="33"/>
+      <c r="D10" s="33"/>
+      <c r="E10" s="33"/>
+      <c r="F10" s="33"/>
+      <c r="G10" s="33"/>
+      <c r="H10" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="I10" s="54"/>
-[...374 lines deleted...]
-    <row r="42" spans="1:10" ht="15.6" thickTop="1"/>
+      <c r="I10" s="50"/>
+      <c r="J10" s="34"/>
+    </row>
+    <row r="11" spans="1:10" ht="8.65" customHeight="1" thickBot="1">
+      <c r="A11" s="35"/>
+      <c r="B11" s="36"/>
+      <c r="C11" s="36"/>
+      <c r="D11" s="36"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="51"/>
+      <c r="J11" s="37"/>
+    </row>
+    <row r="12" spans="1:10" ht="16.5" thickTop="1">
+      <c r="A12" s="38"/>
+      <c r="B12" s="39"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
+      <c r="F12" s="48"/>
+      <c r="G12" s="40"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="53"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" spans="1:10" ht="15.75">
+      <c r="A13" s="38"/>
+      <c r="B13" s="39"/>
+      <c r="C13" s="48"/>
+      <c r="D13" s="48"/>
+      <c r="E13" s="48"/>
+      <c r="F13" s="48"/>
+      <c r="G13" s="40"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="53"/>
+      <c r="J13" s="41"/>
+    </row>
+    <row r="14" spans="1:10" ht="15.75">
+      <c r="A14" s="38"/>
+      <c r="B14" s="39"/>
+      <c r="C14" s="48"/>
+      <c r="D14" s="48"/>
+      <c r="E14" s="48"/>
+      <c r="F14" s="48"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="53"/>
+      <c r="J14" s="41"/>
+    </row>
+    <row r="15" spans="1:10" ht="15.75">
+      <c r="A15" s="38"/>
+      <c r="B15" s="39"/>
+      <c r="C15" s="48"/>
+      <c r="D15" s="48"/>
+      <c r="E15" s="48"/>
+      <c r="F15" s="48"/>
+      <c r="G15" s="40"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="53"/>
+      <c r="J15" s="41"/>
+    </row>
+    <row r="16" spans="1:10" ht="15.75">
+      <c r="A16" s="38"/>
+      <c r="B16" s="39"/>
+      <c r="C16" s="48"/>
+      <c r="D16" s="48"/>
+      <c r="E16" s="48"/>
+      <c r="F16" s="48"/>
+      <c r="G16" s="40"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="53"/>
+      <c r="J16" s="41"/>
+    </row>
+    <row r="17" spans="1:10" ht="15.75">
+      <c r="A17" s="38"/>
+      <c r="B17" s="39"/>
+      <c r="C17" s="48"/>
+      <c r="D17" s="48"/>
+      <c r="E17" s="48"/>
+      <c r="F17" s="48"/>
+      <c r="G17" s="40"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="53"/>
+      <c r="J17" s="41"/>
+    </row>
+    <row r="18" spans="1:10" ht="15.75">
+      <c r="A18" s="38"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="48"/>
+      <c r="D18" s="48"/>
+      <c r="E18" s="48"/>
+      <c r="F18" s="48"/>
+      <c r="G18" s="40"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="53"/>
+      <c r="J18" s="41"/>
+    </row>
+    <row r="19" spans="1:10" ht="15.75">
+      <c r="A19" s="38"/>
+      <c r="B19" s="39"/>
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="48"/>
+      <c r="F19" s="48"/>
+      <c r="G19" s="40"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="53"/>
+      <c r="J19" s="41"/>
+    </row>
+    <row r="20" spans="1:10" ht="15.75">
+      <c r="A20" s="38"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="48"/>
+      <c r="D20" s="48"/>
+      <c r="E20" s="48"/>
+      <c r="F20" s="48"/>
+      <c r="G20" s="40"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="53"/>
+      <c r="J20" s="41"/>
+    </row>
+    <row r="21" spans="1:10" ht="15.75">
+      <c r="A21" s="38"/>
+      <c r="B21" s="39"/>
+      <c r="C21" s="48"/>
+      <c r="D21" s="48"/>
+      <c r="E21" s="48"/>
+      <c r="F21" s="48"/>
+      <c r="G21" s="40"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="53"/>
+      <c r="J21" s="41"/>
+    </row>
+    <row r="22" spans="1:10" ht="15.75">
+      <c r="A22" s="38"/>
+      <c r="B22" s="39"/>
+      <c r="C22" s="48"/>
+      <c r="D22" s="48"/>
+      <c r="E22" s="48"/>
+      <c r="F22" s="48"/>
+      <c r="G22" s="40"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="53"/>
+      <c r="J22" s="41"/>
+    </row>
+    <row r="23" spans="1:10" ht="15.75">
+      <c r="A23" s="38"/>
+      <c r="B23" s="39"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="40"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="53"/>
+      <c r="J23" s="41"/>
+    </row>
+    <row r="24" spans="1:10" ht="15.75">
+      <c r="A24" s="38"/>
+      <c r="B24" s="39"/>
+      <c r="C24" s="48"/>
+      <c r="D24" s="48"/>
+      <c r="E24" s="48"/>
+      <c r="F24" s="48"/>
+      <c r="G24" s="40"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="53"/>
+      <c r="J24" s="41"/>
+    </row>
+    <row r="25" spans="1:10" ht="15.75">
+      <c r="A25" s="38"/>
+      <c r="B25" s="39"/>
+      <c r="C25" s="48"/>
+      <c r="D25" s="48"/>
+      <c r="E25" s="48"/>
+      <c r="F25" s="48"/>
+      <c r="G25" s="40"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="53"/>
+      <c r="J25" s="41"/>
+    </row>
+    <row r="26" spans="1:10" ht="15.75">
+      <c r="A26" s="38"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="48"/>
+      <c r="D26" s="48"/>
+      <c r="E26" s="48"/>
+      <c r="F26" s="48"/>
+      <c r="G26" s="40"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="53"/>
+      <c r="J26" s="41"/>
+    </row>
+    <row r="27" spans="1:10" ht="15.75">
+      <c r="A27" s="38"/>
+      <c r="B27" s="39"/>
+      <c r="C27" s="48"/>
+      <c r="D27" s="48"/>
+      <c r="E27" s="48"/>
+      <c r="F27" s="48"/>
+      <c r="G27" s="40"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="53"/>
+      <c r="J27" s="41"/>
+    </row>
+    <row r="28" spans="1:10" ht="15.75">
+      <c r="A28" s="38"/>
+      <c r="B28" s="39"/>
+      <c r="C28" s="48"/>
+      <c r="D28" s="48"/>
+      <c r="E28" s="48"/>
+      <c r="F28" s="48"/>
+      <c r="G28" s="40"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="53"/>
+      <c r="J28" s="41"/>
+    </row>
+    <row r="29" spans="1:10" ht="15.75">
+      <c r="A29" s="38"/>
+      <c r="B29" s="39"/>
+      <c r="C29" s="48"/>
+      <c r="D29" s="48"/>
+      <c r="E29" s="48"/>
+      <c r="F29" s="48"/>
+      <c r="G29" s="40"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="53"/>
+      <c r="J29" s="41"/>
+    </row>
+    <row r="30" spans="1:10" ht="15.75">
+      <c r="A30" s="38"/>
+      <c r="B30" s="39"/>
+      <c r="C30" s="48"/>
+      <c r="D30" s="48"/>
+      <c r="E30" s="48"/>
+      <c r="F30" s="48"/>
+      <c r="G30" s="40"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="53"/>
+      <c r="J30" s="41"/>
+    </row>
+    <row r="31" spans="1:10" ht="15.75">
+      <c r="A31" s="38"/>
+      <c r="B31" s="39"/>
+      <c r="C31" s="48"/>
+      <c r="D31" s="48"/>
+      <c r="E31" s="48"/>
+      <c r="F31" s="48"/>
+      <c r="G31" s="40"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="53"/>
+      <c r="J31" s="41"/>
+    </row>
+    <row r="32" spans="1:10" ht="15.75">
+      <c r="A32" s="38"/>
+      <c r="B32" s="39"/>
+      <c r="C32" s="48"/>
+      <c r="D32" s="48"/>
+      <c r="E32" s="48"/>
+      <c r="F32" s="48"/>
+      <c r="G32" s="40"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="53"/>
+      <c r="J32" s="41"/>
+    </row>
+    <row r="33" spans="1:10" ht="15.75">
+      <c r="A33" s="38"/>
+      <c r="B33" s="39"/>
+      <c r="C33" s="48"/>
+      <c r="D33" s="48"/>
+      <c r="E33" s="48"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="40"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="53"/>
+      <c r="J33" s="41"/>
+    </row>
+    <row r="34" spans="1:10" ht="15.75">
+      <c r="A34" s="38"/>
+      <c r="B34" s="39"/>
+      <c r="C34" s="48"/>
+      <c r="D34" s="48"/>
+      <c r="E34" s="48"/>
+      <c r="F34" s="48"/>
+      <c r="G34" s="40"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="53"/>
+      <c r="J34" s="41"/>
+    </row>
+    <row r="35" spans="1:10" ht="15.75">
+      <c r="A35" s="38"/>
+      <c r="B35" s="39"/>
+      <c r="C35" s="48"/>
+      <c r="D35" s="48"/>
+      <c r="E35" s="48"/>
+      <c r="F35" s="48"/>
+      <c r="G35" s="40"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="53"/>
+      <c r="J35" s="41"/>
+    </row>
+    <row r="36" spans="1:10" ht="15.75">
+      <c r="A36" s="38"/>
+      <c r="B36" s="42"/>
+      <c r="C36" s="48"/>
+      <c r="D36" s="48"/>
+      <c r="E36" s="48"/>
+      <c r="F36" s="48"/>
+      <c r="G36" s="43"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="53"/>
+      <c r="J36" s="41"/>
+    </row>
+    <row r="37" spans="1:10" ht="15.75">
+      <c r="A37" s="38"/>
+      <c r="B37" s="42"/>
+      <c r="C37" s="48"/>
+      <c r="D37" s="48"/>
+      <c r="E37" s="48"/>
+      <c r="F37" s="48"/>
+      <c r="G37" s="43"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="53"/>
+      <c r="J37" s="41"/>
+    </row>
+    <row r="38" spans="1:10" ht="15.75">
+      <c r="A38" s="38"/>
+      <c r="B38" s="42"/>
+      <c r="C38" s="48"/>
+      <c r="D38" s="48"/>
+      <c r="E38" s="48"/>
+      <c r="F38" s="48"/>
+      <c r="G38" s="43"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="53"/>
+      <c r="J38" s="41"/>
+    </row>
+    <row r="39" spans="1:10" ht="15.75">
+      <c r="A39" s="38"/>
+      <c r="B39" s="42"/>
+      <c r="C39" s="48"/>
+      <c r="D39" s="48"/>
+      <c r="E39" s="48"/>
+      <c r="F39" s="48"/>
+      <c r="G39" s="43"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="53"/>
+      <c r="J39" s="41"/>
+    </row>
+    <row r="40" spans="1:10" ht="15.75">
+      <c r="A40" s="38"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="48"/>
+      <c r="D40" s="48"/>
+      <c r="E40" s="48"/>
+      <c r="F40" s="48"/>
+      <c r="G40" s="43"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="53"/>
+      <c r="J40" s="41"/>
+    </row>
+    <row r="41" spans="1:10" ht="16.5" thickBot="1">
+      <c r="A41" s="44"/>
+      <c r="B41" s="45"/>
+      <c r="C41" s="54"/>
+      <c r="D41" s="54"/>
+      <c r="E41" s="54"/>
+      <c r="F41" s="54"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="54"/>
+      <c r="I41" s="55"/>
+      <c r="J41" s="46"/>
+    </row>
+    <row r="42" spans="1:10" ht="15.75" thickTop="1"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="93" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>