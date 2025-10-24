--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,124 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\PT\DISTRIBUTIONS\IMPACT Distributions\Quarterly Distributions\FY25\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5476195C-44EE-4414-94E0-7828F6E3CB6A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76C27365-444A-4116-AEE7-399BB9B24665}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="27288" windowHeight="8088" firstSheet="3" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="27285" windowHeight="8085" firstSheet="2" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FY25 Quarter 1" sheetId="1" r:id="rId1"/>
     <sheet name="FY25 Quarter 2" sheetId="2" r:id="rId2"/>
     <sheet name="Newton Q2 Supplement " sheetId="4" r:id="rId3"/>
     <sheet name="FY25 Quarter 3" sheetId="3" r:id="rId4"/>
     <sheet name="Newton Quarter 3 Supplement" sheetId="5" r:id="rId5"/>
     <sheet name="FY25 Quarter 4" sheetId="6" r:id="rId6"/>
     <sheet name="Newton Quarter 4 Supplement" sheetId="7" r:id="rId7"/>
+    <sheet name="Late Filed Returns" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="P17" i="8" l="1"/>
+  <c r="O17" i="8"/>
+  <c r="L17" i="8"/>
+  <c r="K17" i="8"/>
+  <c r="H17" i="8"/>
+  <c r="G17" i="8"/>
+  <c r="D17" i="8"/>
+  <c r="C17" i="8"/>
+  <c r="U16" i="8"/>
+  <c r="T16" i="8"/>
+  <c r="S16" i="8"/>
+  <c r="E16" i="8"/>
+  <c r="T15" i="8"/>
+  <c r="S15" i="8"/>
+  <c r="U15" i="8" s="1"/>
+  <c r="Q15" i="8"/>
+  <c r="M15" i="8"/>
+  <c r="E15" i="8"/>
+  <c r="T14" i="8"/>
+  <c r="S14" i="8"/>
+  <c r="U14" i="8" s="1"/>
+  <c r="E14" i="8"/>
+  <c r="T13" i="8"/>
+  <c r="S13" i="8"/>
+  <c r="S17" i="8" s="1"/>
+  <c r="U17" i="8" s="1"/>
+  <c r="E13" i="8"/>
+  <c r="P10" i="8"/>
+  <c r="O10" i="8"/>
+  <c r="L10" i="8"/>
+  <c r="K10" i="8"/>
+  <c r="H10" i="8"/>
+  <c r="G10" i="8"/>
+  <c r="D10" i="8"/>
+  <c r="C10" i="8"/>
+  <c r="T9" i="8"/>
+  <c r="S9" i="8"/>
+  <c r="U9" i="8" s="1"/>
+  <c r="Q9" i="8"/>
+  <c r="M9" i="8"/>
+  <c r="I9" i="8"/>
+  <c r="E9" i="8"/>
+  <c r="U8" i="8"/>
+  <c r="T8" i="8"/>
+  <c r="S8" i="8"/>
+  <c r="Q8" i="8"/>
+  <c r="M8" i="8"/>
+  <c r="I8" i="8"/>
+  <c r="E8" i="8"/>
+  <c r="E10" i="8" s="1"/>
+  <c r="E17" i="8" s="1"/>
+  <c r="T7" i="8"/>
+  <c r="U7" i="8" s="1"/>
+  <c r="S7" i="8"/>
+  <c r="Q7" i="8"/>
+  <c r="M7" i="8"/>
+  <c r="I7" i="8"/>
+  <c r="E7" i="8"/>
+  <c r="T6" i="8"/>
+  <c r="S6" i="8"/>
+  <c r="U6" i="8" s="1"/>
+  <c r="Q6" i="8"/>
+  <c r="M6" i="8"/>
+  <c r="I6" i="8"/>
+  <c r="E6" i="8"/>
+  <c r="T5" i="8"/>
+  <c r="S5" i="8"/>
+  <c r="U5" i="8" s="1"/>
+  <c r="Q5" i="8"/>
+  <c r="M5" i="8"/>
+  <c r="I5" i="8"/>
+  <c r="E5" i="8"/>
+  <c r="T4" i="8"/>
+  <c r="S4" i="8"/>
+  <c r="U4" i="8" s="1"/>
+  <c r="Q4" i="8"/>
+  <c r="M4" i="8"/>
+  <c r="M10" i="8" s="1"/>
+  <c r="I4" i="8"/>
+  <c r="E4" i="8"/>
+  <c r="U3" i="8"/>
+  <c r="T3" i="8"/>
+  <c r="T10" i="8" s="1"/>
+  <c r="S3" i="8"/>
+  <c r="S10" i="8" s="1"/>
+  <c r="Q3" i="8"/>
+  <c r="M3" i="8"/>
+  <c r="I3" i="8"/>
+  <c r="I10" i="8" s="1"/>
+  <c r="I17" i="8" s="1"/>
+  <c r="E3" i="8"/>
+  <c r="U10" i="8" l="1"/>
+  <c r="U21" i="8" s="1"/>
+  <c r="M17" i="8"/>
+  <c r="Q10" i="8"/>
+  <c r="Q17" i="8" s="1"/>
+  <c r="U13" i="8"/>
   <c r="M36" i="6" l="1"/>
   <c r="M31" i="6"/>
   <c r="I25" i="6"/>
   <c r="J7" i="7" l="1"/>
   <c r="M8" i="7"/>
   <c r="E7" i="7"/>
   <c r="I7" i="7" s="1"/>
   <c r="L7" i="7" s="1"/>
   <c r="M7" i="7" s="1"/>
   <c r="M9" i="7" l="1"/>
   <c r="M8" i="5" l="1"/>
   <c r="M9" i="5" s="1"/>
   <c r="M7" i="5"/>
   <c r="L7" i="5"/>
   <c r="I7" i="5"/>
   <c r="E7" i="5"/>
   <c r="J7" i="5"/>
   <c r="M13" i="4"/>
   <c r="M14" i="4" s="1"/>
   <c r="E12" i="4"/>
   <c r="I12" i="4" s="1"/>
   <c r="L12" i="4" s="1"/>
   <c r="M12" i="4" s="1"/>
   <c r="M8" i="4"/>
   <c r="M7" i="4"/>
   <c r="L7" i="4"/>
   <c r="I7" i="4"/>
   <c r="E7" i="4"/>
   <c r="M35" i="3" l="1"/>
   <c r="M31" i="3"/>
   <c r="I25" i="3"/>
   <c r="M34" i="1" l="1"/>
   <c r="M30" i="2" l="1"/>
   <c r="I25" i="2"/>
   <c r="M34" i="2" s="1"/>
   <c r="I14" i="2"/>
   <c r="M30" i="1" l="1"/>
   <c r="I25" i="1"/>
   <c r="I14" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="75">
   <si>
     <t>Field</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Administrative Details</t>
   </si>
   <si>
     <t>Total Admin Fee</t>
   </si>
   <si>
     <t>Flood Mitigation Details</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Reported Sales</t>
   </si>
   <si>
     <t>Base Amount</t>
   </si>
   <si>
@@ -248,181 +347,342 @@
     <t>Correction - March 2025</t>
   </si>
   <si>
     <t>Prior payment</t>
   </si>
   <si>
     <t>Paid March 2025</t>
   </si>
   <si>
     <t>Prior Payments</t>
   </si>
   <si>
     <t>Prior Payment</t>
   </si>
   <si>
     <t>Total V1 and V2</t>
   </si>
   <si>
     <t>Base Correction - August 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Base Correction August 2025 </t>
   </si>
   <si>
     <t>Additional payment to Newton from update to Base amount</t>
+  </si>
+  <si>
+    <t>Supplemental Amounts for Annual REI Supplemental Distributions to Account for Late Filed and Amended Returns</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QTR 1 Sales </t>
+  </si>
+  <si>
+    <t>QTR 1 Hotel</t>
+  </si>
+  <si>
+    <t>QTR 1 Total</t>
+  </si>
+  <si>
+    <t>QTR 2 Sales</t>
+  </si>
+  <si>
+    <t>QTR2 Hotel</t>
+  </si>
+  <si>
+    <t>QTR 2 Total</t>
+  </si>
+  <si>
+    <t>QTR 3 Sales</t>
+  </si>
+  <si>
+    <t>QTR 3 Hotel</t>
+  </si>
+  <si>
+    <t>QTR 3 Total</t>
+  </si>
+  <si>
+    <t>QTR 4 Sales</t>
+  </si>
+  <si>
+    <t>QTR 4 Hotel</t>
+  </si>
+  <si>
+    <t>QTR 4 Total</t>
+  </si>
+  <si>
+    <t>Sales Total</t>
+  </si>
+  <si>
+    <t>Hotel Total</t>
+  </si>
+  <si>
+    <t>Yearly Total</t>
+  </si>
+  <si>
+    <t>All REI juris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+  </numFmts>
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF95B3D7"/>
         <bgColor rgb="FF95B3D7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBE5F1"/>
         <bgColor rgb="FFDBE5F1"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -692,3843 +952,4968 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="O40" sqref="O40"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="13" width="21.44140625" customWidth="1"/>
-    <col min="15" max="15" width="11.6640625" bestFit="1" customWidth="1"/>
+    <col min="2" max="13" width="21.42578125" customWidth="1"/>
+    <col min="15" max="15" width="11.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="4">
         <v>5628.01</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3"/>
     </row>
-    <row r="5" spans="1:9" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="4">
         <v>2692417.71</v>
       </c>
       <c r="C6" s="4">
         <v>1538466.26</v>
       </c>
       <c r="D6" s="4">
         <v>1153951.45</v>
       </c>
       <c r="E6" s="4">
         <v>807766.02</v>
       </c>
       <c r="F6" s="4">
         <v>580375</v>
       </c>
       <c r="G6" s="4">
         <v>67.489999999999995</v>
       </c>
       <c r="H6" s="4">
         <v>829107.14</v>
       </c>
       <c r="I6" s="4">
         <v>580307.51</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="4">
         <v>50051431.859999999</v>
       </c>
       <c r="C7" s="4">
         <v>35773961.899999999</v>
       </c>
       <c r="D7" s="4">
         <v>14277469.960000001</v>
       </c>
       <c r="E7" s="4">
         <v>9994228.9700000007</v>
       </c>
       <c r="F7" s="4">
         <v>15000000</v>
       </c>
       <c r="G7" s="4">
         <v>835.02</v>
       </c>
       <c r="H7" s="4">
         <v>14277469.960000001</v>
       </c>
       <c r="I7" s="4">
         <v>9993393.9499999993</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4">
         <v>156144501.44</v>
       </c>
       <c r="C8" s="4">
         <v>97842628.299999997</v>
       </c>
       <c r="D8" s="4">
         <v>58301873.140000001</v>
       </c>
       <c r="E8" s="4">
         <v>40811311.200000003</v>
       </c>
       <c r="F8" s="4">
         <v>3414434</v>
       </c>
       <c r="G8" s="4">
         <v>3409.79</v>
       </c>
       <c r="H8" s="4">
         <v>4877762.8600000003</v>
       </c>
       <c r="I8" s="4">
         <v>3411024.21</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="4">
         <v>20774153.57</v>
       </c>
       <c r="C9" s="4">
         <v>12357186.85</v>
       </c>
       <c r="D9" s="4">
         <v>8416966.7200000007</v>
       </c>
       <c r="E9" s="4">
         <v>5891876.7000000002</v>
       </c>
       <c r="F9" s="4">
         <v>7105141</v>
       </c>
       <c r="G9" s="4">
         <v>492.27</v>
       </c>
       <c r="H9" s="4">
         <v>8416966.7100000009</v>
       </c>
       <c r="I9" s="4">
         <v>5891384.4299999997</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="4">
         <v>13872352.210000001</v>
       </c>
       <c r="C10" s="4">
         <v>8685101.5500000007</v>
       </c>
       <c r="D10" s="4">
         <v>5187250.66</v>
       </c>
       <c r="E10" s="4">
         <v>3631075.46</v>
       </c>
       <c r="F10" s="4">
         <v>158627</v>
       </c>
       <c r="G10" s="4">
         <v>303.38</v>
       </c>
       <c r="H10" s="4">
         <v>226610</v>
       </c>
       <c r="I10" s="4">
         <v>158323.62</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="4">
         <v>18270724.940000001</v>
       </c>
       <c r="C11" s="4">
         <v>12485074.210000001</v>
       </c>
       <c r="D11" s="4">
         <v>5785650.7300000004</v>
       </c>
       <c r="E11" s="4">
         <v>4049955.51</v>
       </c>
       <c r="F11" s="4">
         <v>2200000</v>
       </c>
       <c r="G11" s="4">
         <v>338.37</v>
       </c>
       <c r="H11" s="4">
         <v>3142857.14</v>
       </c>
       <c r="I11" s="4">
         <v>2199661.63</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="4">
         <v>3121289.4</v>
       </c>
       <c r="C12" s="4">
         <v>2048648.3</v>
       </c>
       <c r="D12" s="4">
         <v>1072641.1000000001</v>
       </c>
       <c r="E12" s="4">
         <v>750848.77</v>
       </c>
       <c r="F12" s="4">
         <v>250000</v>
       </c>
       <c r="G12" s="4">
         <v>62.73</v>
       </c>
       <c r="H12" s="4">
         <v>357142.86</v>
       </c>
       <c r="I12" s="4">
         <v>249937.27</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="4">
         <v>4472146.96</v>
       </c>
       <c r="C13" s="4">
         <v>3467396.16</v>
       </c>
       <c r="D13" s="4">
         <v>1004750.8</v>
       </c>
       <c r="E13" s="4">
         <v>703325.56</v>
       </c>
       <c r="F13" s="4">
         <v>1291423</v>
       </c>
       <c r="G13" s="4">
         <v>58.76</v>
       </c>
       <c r="H13" s="4">
         <v>1004750.8</v>
       </c>
       <c r="I13" s="4">
         <v>703266.8</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I14" s="5">
         <f>SUM(I6:I13)</f>
         <v>23187299.419999998</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="3"/>
     </row>
-    <row r="17" spans="1:15" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:15" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="4">
         <v>3610.6</v>
       </c>
       <c r="C18" s="4">
         <v>60176.66</v>
       </c>
       <c r="D18" s="4">
         <v>47516.08</v>
       </c>
       <c r="E18" s="4">
         <v>49923.15</v>
       </c>
       <c r="F18" s="4">
         <v>10919565.27</v>
       </c>
       <c r="G18" s="4">
         <v>2.92</v>
       </c>
       <c r="H18" s="4">
         <v>49923.15</v>
       </c>
       <c r="I18" s="4">
         <v>49920.23</v>
       </c>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="4">
         <v>38454.19</v>
       </c>
       <c r="C19" s="4">
         <v>640903.17000000004</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
         <v>25636.13</v>
       </c>
       <c r="F19" s="4">
         <v>8498688.7100000009</v>
       </c>
       <c r="G19" s="4">
         <v>1.5</v>
       </c>
       <c r="H19" s="4">
         <v>25636.13</v>
       </c>
       <c r="I19" s="4">
         <v>25634.63</v>
       </c>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="4">
         <v>264260.36</v>
       </c>
       <c r="C20" s="4">
         <v>4404339.33</v>
       </c>
       <c r="D20" s="4">
         <v>243384.29</v>
       </c>
       <c r="E20" s="4">
         <v>419557.86</v>
       </c>
       <c r="F20" s="4">
         <v>28606802.32</v>
       </c>
       <c r="G20" s="4">
         <v>24.54</v>
       </c>
       <c r="H20" s="4">
         <v>419557.86</v>
       </c>
       <c r="I20" s="4">
         <v>419533.32</v>
       </c>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="4">
         <v>115969.47</v>
       </c>
       <c r="C21" s="4">
         <v>1932824.5</v>
       </c>
       <c r="D21" s="4">
         <v>116184.3</v>
       </c>
       <c r="E21" s="4">
         <v>193497.28</v>
       </c>
       <c r="F21" s="4">
         <v>9544165.6600000001</v>
       </c>
       <c r="G21" s="4">
         <v>11.32</v>
       </c>
       <c r="H21" s="4">
         <v>193497.28</v>
       </c>
       <c r="I21" s="4">
         <v>193485.96</v>
       </c>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="4">
         <v>39132.43</v>
       </c>
       <c r="C22" s="4">
         <v>652207.17000000004</v>
       </c>
       <c r="D22" s="4">
         <v>53677.66</v>
       </c>
       <c r="E22" s="4">
         <v>79765.95</v>
       </c>
       <c r="F22" s="4">
         <v>8872617.9700000007</v>
       </c>
       <c r="G22" s="4">
         <v>4.66</v>
       </c>
       <c r="H22" s="4">
         <v>79765.95</v>
       </c>
       <c r="I22" s="4">
         <v>79761.289999999994</v>
       </c>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="4">
         <v>8267.9</v>
       </c>
       <c r="C23" s="4">
         <v>137798.34</v>
       </c>
       <c r="D23" s="4">
         <v>0</v>
       </c>
       <c r="E23" s="4">
         <v>5511.93</v>
       </c>
       <c r="F23" s="4">
         <v>6512909.1500000004</v>
       </c>
       <c r="G23" s="4">
         <v>0.32</v>
       </c>
       <c r="H23" s="4">
         <v>5511.93</v>
       </c>
       <c r="I23" s="4">
         <v>5511.61</v>
       </c>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="4">
         <v>33029.68</v>
       </c>
       <c r="C24" s="4">
         <v>550494.67000000004</v>
       </c>
       <c r="D24" s="4">
         <v>90516.55</v>
       </c>
       <c r="E24" s="4">
         <v>112536.34</v>
       </c>
       <c r="F24" s="4">
         <v>11949910.1</v>
       </c>
       <c r="G24" s="4">
         <v>6.58</v>
       </c>
       <c r="H24" s="4">
         <v>112536.34</v>
       </c>
       <c r="I24" s="4">
         <v>112529.76</v>
       </c>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4">
         <f>SUM(I18:I24)</f>
         <v>886376.8</v>
       </c>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B28" s="4">
         <v>242673</v>
       </c>
       <c r="C28" s="4">
         <v>4044550</v>
       </c>
       <c r="D28" s="4">
         <v>472010.15</v>
       </c>
       <c r="E28" s="4">
         <v>142901.59</v>
       </c>
       <c r="F28" s="4">
         <v>0</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>0</v>
       </c>
       <c r="I28" s="4">
         <v>142901.59</v>
       </c>
       <c r="J28" s="4">
         <v>16515948.779999999</v>
       </c>
       <c r="K28" s="4">
         <v>8.36</v>
       </c>
       <c r="L28" s="4">
         <v>142901.59</v>
       </c>
       <c r="M28" s="4">
         <v>142893.23000000001</v>
       </c>
     </row>
-    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B29" s="4">
         <v>1042113.46</v>
       </c>
       <c r="C29" s="4">
         <v>17368557.670000002</v>
       </c>
       <c r="D29" s="4">
         <v>20879089.789999999</v>
       </c>
       <c r="E29" s="4">
         <v>0</v>
       </c>
       <c r="F29" s="4">
         <v>0</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>0</v>
       </c>
       <c r="J29" s="4">
         <v>26302301.329999998</v>
       </c>
       <c r="K29" s="4">
         <v>0</v>
       </c>
       <c r="L29" s="4">
         <v>0</v>
       </c>
       <c r="M29" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="M30" s="5">
         <f>SUM(M28:M29)</f>
         <v>142893.23000000001</v>
       </c>
       <c r="O30" s="5"/>
     </row>
-    <row r="34" spans="12:13" x14ac:dyDescent="0.3">
+    <row r="34" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L34" t="s">
         <v>46</v>
       </c>
       <c r="M34" s="5">
         <f>I25+M30</f>
         <v>1029270.03</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D44FAA1A-0B1B-471C-8737-499ABC5E5923}">
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView topLeftCell="B7" workbookViewId="0">
       <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="13" width="21.44140625" customWidth="1"/>
+    <col min="2" max="13" width="21.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="4">
         <v>3574.9</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3"/>
     </row>
-    <row r="5" spans="1:9" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="4">
         <v>48118049.539999999</v>
       </c>
       <c r="C6" s="4">
         <v>35216686.840000004</v>
       </c>
       <c r="D6" s="4">
         <v>12901362.699999999</v>
       </c>
       <c r="E6" s="4">
         <v>9030953.8900000006</v>
       </c>
       <c r="F6" s="4">
         <v>5005771.03</v>
       </c>
       <c r="G6" s="4">
         <v>1977.04</v>
       </c>
       <c r="H6" s="4">
         <v>7151101.4699999997</v>
       </c>
       <c r="I6" s="4">
         <v>5003793.99</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="4">
         <v>21952085.170000002</v>
       </c>
       <c r="C7" s="4">
         <v>13497614.609999999</v>
       </c>
       <c r="D7" s="4">
         <v>8454470.5600000005</v>
       </c>
       <c r="E7" s="4">
         <v>5918129.3899999997</v>
       </c>
       <c r="F7" s="4">
         <v>1213264.3</v>
       </c>
       <c r="G7" s="4">
         <v>1295.5899999999999</v>
       </c>
       <c r="H7" s="4">
         <v>1733234.71</v>
       </c>
       <c r="I7" s="4">
         <v>1211968.71</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="4">
         <v>4547732.76</v>
       </c>
       <c r="C8" s="4">
         <v>3610360.55</v>
       </c>
       <c r="D8" s="4">
         <v>937372.21</v>
       </c>
       <c r="E8" s="4">
         <v>656160.55000000005</v>
       </c>
       <c r="F8" s="4">
         <v>588097.43999999994</v>
       </c>
       <c r="G8" s="4">
         <v>143.63999999999999</v>
       </c>
       <c r="H8" s="4">
         <v>840139.2</v>
       </c>
       <c r="I8" s="4">
         <v>587953.80000000005</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4">
         <v>15659697.34</v>
       </c>
       <c r="C9" s="4">
         <v>9856372.5399999991</v>
       </c>
       <c r="D9" s="4">
         <v>5803324.7999999998</v>
       </c>
       <c r="E9" s="4">
         <v>4062327.36</v>
       </c>
       <c r="F9" s="4">
         <v>0</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
         <v>0</v>
       </c>
       <c r="I9" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="4">
         <v>3017137.52</v>
       </c>
       <c r="C10" s="4">
         <v>2022354.22</v>
       </c>
       <c r="D10" s="4">
         <v>994783.3</v>
       </c>
       <c r="E10" s="4">
         <v>696348.31</v>
       </c>
       <c r="F10" s="4">
         <v>0</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
         <v>0</v>
       </c>
       <c r="I10" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="4">
         <v>2709472.11</v>
       </c>
       <c r="C11" s="4">
         <v>1680589.3</v>
       </c>
       <c r="D11" s="4">
         <v>1028882.81</v>
       </c>
       <c r="E11" s="4">
         <v>720217.97</v>
       </c>
       <c r="F11" s="4">
         <v>0</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
         <v>0</v>
       </c>
       <c r="I11" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="4">
         <v>19477690.34</v>
       </c>
       <c r="C12" s="4">
         <v>12378382.35</v>
       </c>
       <c r="D12" s="4">
         <v>7099307.9900000002</v>
       </c>
       <c r="E12" s="4">
         <v>4969515.59</v>
       </c>
       <c r="F12" s="4">
         <v>0</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4">
         <v>154073503.41999999</v>
       </c>
       <c r="C13" s="4">
         <v>105042918.56</v>
       </c>
       <c r="D13" s="4">
         <v>49030584.859999999</v>
       </c>
       <c r="E13" s="4">
         <v>34321409.399999999</v>
       </c>
       <c r="F13" s="4">
         <v>0</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
         <v>0</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I14" s="5">
         <f>SUM(I6:I13)</f>
         <v>6803716.5</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="3"/>
     </row>
-    <row r="17" spans="1:13" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="4">
         <v>37397.08</v>
       </c>
       <c r="C18" s="4">
         <v>623284.67000000004</v>
       </c>
       <c r="D18" s="4">
         <v>40777.96</v>
       </c>
       <c r="E18" s="4">
         <v>65709.350000000006</v>
       </c>
       <c r="F18" s="4">
         <v>8792852.0199999996</v>
       </c>
       <c r="G18" s="4">
         <v>10.07</v>
       </c>
       <c r="H18" s="4">
         <v>65709.350000000006</v>
       </c>
       <c r="I18" s="4">
         <v>65699.28</v>
       </c>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="4">
         <v>233853.34</v>
       </c>
       <c r="C19" s="4">
         <v>3897555.67</v>
       </c>
       <c r="D19" s="4">
         <v>108575.96</v>
       </c>
       <c r="E19" s="4">
         <v>264478.19</v>
       </c>
       <c r="F19" s="4">
         <v>9350668.3800000008</v>
       </c>
       <c r="G19" s="4">
         <v>40.53</v>
       </c>
       <c r="H19" s="4">
         <v>264478.19</v>
       </c>
       <c r="I19" s="4">
         <v>264437.65999999997</v>
       </c>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="4">
         <v>37591.43</v>
       </c>
       <c r="C20" s="4">
         <v>626523.84</v>
       </c>
       <c r="D20" s="4">
         <v>70203.070000000007</v>
       </c>
       <c r="E20" s="4">
         <v>95264.02</v>
       </c>
       <c r="F20" s="4">
         <v>11837373.76</v>
       </c>
       <c r="G20" s="4">
         <v>14.6</v>
       </c>
       <c r="H20" s="4">
         <v>95264.02</v>
       </c>
       <c r="I20" s="4">
         <v>95249.42</v>
       </c>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="4">
         <v>3585.15</v>
       </c>
       <c r="C21" s="4">
         <v>59752.5</v>
       </c>
       <c r="D21" s="4">
         <v>40654.06</v>
       </c>
       <c r="E21" s="4">
         <v>43044.160000000003</v>
       </c>
       <c r="F21" s="4">
         <v>10869642.119999999</v>
       </c>
       <c r="G21" s="4">
         <v>6.6</v>
       </c>
       <c r="H21" s="4">
         <v>43044.160000000003</v>
       </c>
       <c r="I21" s="4">
         <v>43037.56</v>
       </c>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="4">
         <v>264625.38</v>
       </c>
       <c r="C22" s="4">
         <v>4410423</v>
       </c>
       <c r="D22" s="4">
         <v>178323.26</v>
       </c>
       <c r="E22" s="4">
         <v>354740.18</v>
       </c>
       <c r="F22" s="4">
         <v>28187244.460000001</v>
       </c>
       <c r="G22" s="4">
         <v>54.36</v>
       </c>
       <c r="H22" s="4">
         <v>354740.18</v>
       </c>
       <c r="I22" s="4">
         <v>354685.82</v>
       </c>
     </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="4">
         <v>10582.64</v>
       </c>
       <c r="C23" s="4">
         <v>176377.33</v>
       </c>
       <c r="D23" s="4">
         <v>0</v>
       </c>
       <c r="E23" s="4">
         <v>7055.09</v>
       </c>
       <c r="F23" s="4">
         <v>6507397.2199999997</v>
       </c>
       <c r="G23" s="4">
         <v>1.08</v>
       </c>
       <c r="H23" s="4">
         <v>7055.09</v>
       </c>
       <c r="I23" s="4">
         <v>7054.01</v>
       </c>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="4">
         <v>57267.51</v>
       </c>
       <c r="C24" s="4">
         <v>954458.5</v>
       </c>
       <c r="D24" s="4">
         <v>0</v>
       </c>
       <c r="E24" s="4">
         <v>38178.339999999997</v>
       </c>
       <c r="F24" s="4">
         <v>8473052.5800000001</v>
       </c>
       <c r="G24" s="4">
         <v>5.85</v>
       </c>
       <c r="H24" s="4">
         <v>38178.339999999997</v>
       </c>
       <c r="I24" s="4">
         <v>38172.49</v>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="I25" s="5">
         <f>SUM(I18:I24)</f>
         <v>868336.24</v>
       </c>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="4">
         <v>213916.69</v>
       </c>
       <c r="C27" s="4">
         <v>3565278.16</v>
       </c>
       <c r="D27" s="4">
         <v>3845350.74</v>
       </c>
       <c r="E27" s="4">
         <v>0</v>
       </c>
       <c r="F27" s="4">
         <v>10900.54</v>
       </c>
       <c r="G27" s="4">
         <v>9534.09</v>
       </c>
       <c r="H27" s="4">
         <v>1366.45</v>
       </c>
       <c r="I27" s="4">
         <v>1366.45</v>
       </c>
       <c r="J27" s="4">
         <v>14000000</v>
       </c>
       <c r="K27" s="4">
         <v>0.21</v>
       </c>
       <c r="L27" s="4">
         <v>1366.45</v>
       </c>
       <c r="M27" s="4">
         <v>1366.24</v>
       </c>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B28" s="4">
         <v>275468.57</v>
       </c>
       <c r="C28" s="4">
         <v>4591142.83</v>
       </c>
       <c r="D28" s="4">
         <v>458363.52</v>
       </c>
       <c r="E28" s="4">
         <v>165311.17000000001</v>
       </c>
       <c r="F28" s="4">
         <v>0</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>0</v>
       </c>
       <c r="I28" s="4">
         <v>165311.17000000001</v>
       </c>
       <c r="J28" s="4">
         <v>16373047.189999999</v>
       </c>
       <c r="K28" s="4">
         <v>25.33</v>
       </c>
       <c r="L28" s="4">
         <v>165311.17000000001</v>
       </c>
       <c r="M28" s="4">
         <v>165285.84</v>
       </c>
     </row>
-    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B29" s="4">
         <v>1158637.18</v>
       </c>
       <c r="C29" s="4">
         <v>19310619.670000002</v>
       </c>
       <c r="D29" s="4">
         <v>26750395.359999999</v>
       </c>
       <c r="E29" s="4">
         <v>0</v>
       </c>
       <c r="F29" s="4">
         <v>0</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>0</v>
       </c>
       <c r="J29" s="4">
         <v>26302301.329999998</v>
       </c>
       <c r="K29" s="4">
         <v>0</v>
       </c>
       <c r="L29" s="4">
         <v>0</v>
       </c>
       <c r="M29" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M30" s="5">
         <f>SUM(M27:M29)</f>
         <v>166652.07999999999</v>
       </c>
     </row>
-    <row r="34" spans="12:13" x14ac:dyDescent="0.3">
+    <row r="34" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L34" t="s">
         <v>46</v>
       </c>
       <c r="M34" s="5">
         <f>I25+M30</f>
         <v>1034988.32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74D9B46F-9E89-4074-A1AE-E24F9649BA2F}">
   <dimension ref="A1:N15"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A7" workbookViewId="0">
       <selection activeCell="N14" sqref="N14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.6640625" customWidth="1"/>
-    <col min="2" max="13" width="12.77734375" customWidth="1"/>
+    <col min="1" max="1" width="23.7109375" customWidth="1"/>
+    <col min="2" max="13" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>48</v>
       </c>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="4">
         <v>213916.69</v>
       </c>
       <c r="C3" s="4">
         <v>3565278.16</v>
       </c>
       <c r="D3" s="4">
         <v>3845350.74</v>
       </c>
       <c r="E3" s="4">
         <v>0</v>
       </c>
       <c r="F3" s="4">
         <v>10900.54</v>
       </c>
       <c r="G3" s="4">
         <v>9534.09</v>
       </c>
       <c r="H3" s="4">
         <v>1366.45</v>
       </c>
       <c r="I3" s="4">
         <v>1366.45</v>
       </c>
       <c r="J3" s="4">
         <v>14000000</v>
       </c>
       <c r="K3" s="4">
         <v>0.21</v>
       </c>
       <c r="L3" s="4">
         <v>1366.45</v>
       </c>
       <c r="M3" s="4">
         <v>1366.24</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="23.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:14" ht="24" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="5">
         <v>4031845.3600000003</v>
       </c>
       <c r="D7" s="5">
         <v>3845350.74</v>
       </c>
       <c r="E7" s="5">
         <f>(C7-D7)*0.04</f>
         <v>7459.7848000000049</v>
       </c>
       <c r="F7" s="4">
         <v>10900.54</v>
       </c>
       <c r="G7" s="4">
         <v>9534.09</v>
       </c>
       <c r="H7" s="4">
         <v>1366.45</v>
       </c>
       <c r="I7" s="5">
         <f>E7+H7</f>
         <v>8826.2348000000056</v>
       </c>
       <c r="J7" s="4">
         <v>14000000</v>
       </c>
       <c r="K7" s="4">
         <v>0.21</v>
       </c>
       <c r="L7" s="5">
         <f>I7</f>
         <v>8826.2348000000056</v>
       </c>
       <c r="M7" s="5">
         <f>L7-K7</f>
         <v>8826.0248000000065</v>
       </c>
       <c r="N7" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="M8" s="6">
         <f>M7-M3</f>
         <v>7459.7848000000067</v>
       </c>
       <c r="N8" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="M9" s="5"/>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="5">
         <v>1083115.9400000002</v>
       </c>
       <c r="D12" s="5">
         <v>580005.80000000005</v>
       </c>
       <c r="E12" s="5">
         <f>(C12-D12)*0.04</f>
         <v>20124.405600000006</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" s="5">
         <f>E12+H12</f>
         <v>20124.405600000006</v>
       </c>
       <c r="J12" s="4">
         <v>14000000</v>
       </c>
       <c r="K12" s="4">
         <v>0.21</v>
       </c>
       <c r="L12" s="5">
         <f>I12</f>
         <v>20124.405600000006</v>
       </c>
       <c r="M12" s="5">
         <f>L12-K12</f>
         <v>20124.195600000006</v>
       </c>
     </row>
-    <row r="13" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="M13" s="5">
         <f>M8+M3</f>
         <v>8826.0248000000065</v>
       </c>
       <c r="N13" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="14" spans="1:14" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="M14" s="7">
         <f>M12-M13</f>
         <v>11298.1708</v>
       </c>
       <c r="N14" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:14" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="G15" s="5"/>
       <c r="M15" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B08BECA1-9C83-40FE-B0F0-0579D43AAB08}">
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView topLeftCell="A13" workbookViewId="0">
       <selection activeCell="A26" sqref="A26:M27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="13" width="21.44140625" customWidth="1"/>
+    <col min="2" max="13" width="21.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="4">
         <v>5685.6</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3"/>
     </row>
-    <row r="5" spans="1:9" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="4">
         <v>47040661.25</v>
       </c>
       <c r="C6" s="4">
         <v>31969497.75</v>
       </c>
       <c r="D6" s="4">
         <v>15071163.5</v>
       </c>
       <c r="E6" s="4">
         <v>10549814.449999999</v>
       </c>
       <c r="F6" s="4">
         <v>0</v>
       </c>
       <c r="G6" s="4">
         <v>0</v>
       </c>
       <c r="H6" s="4">
         <v>0</v>
       </c>
       <c r="I6" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="4">
         <v>11965378.279999999</v>
       </c>
       <c r="C7" s="4">
         <v>7460107.5700000003</v>
       </c>
       <c r="D7" s="4">
         <v>4505270.71</v>
       </c>
       <c r="E7" s="4">
         <v>3153689.5</v>
       </c>
       <c r="F7" s="4">
         <v>0</v>
       </c>
       <c r="G7" s="4">
         <v>0</v>
       </c>
       <c r="H7" s="4">
         <v>0</v>
       </c>
       <c r="I7" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="4">
         <v>17872444.91</v>
       </c>
       <c r="C8" s="4">
         <v>10640152.25</v>
       </c>
       <c r="D8" s="4">
         <v>7232292.6600000001</v>
       </c>
       <c r="E8" s="4">
         <v>5062604.8600000003</v>
       </c>
       <c r="F8" s="4">
         <v>0</v>
       </c>
       <c r="G8" s="4">
         <v>0</v>
       </c>
       <c r="H8" s="4">
         <v>0</v>
       </c>
       <c r="I8" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="4">
         <v>2531015.2400000002</v>
       </c>
       <c r="C9" s="4">
         <v>1714899.04</v>
       </c>
       <c r="D9" s="4">
         <v>816116.2</v>
       </c>
       <c r="E9" s="4">
         <v>571281.34</v>
       </c>
       <c r="F9" s="4">
         <v>0</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
         <v>0</v>
       </c>
       <c r="I9" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="4">
         <v>2271252.5699999998</v>
       </c>
       <c r="C10" s="4">
         <v>1370485.41</v>
       </c>
       <c r="D10" s="4">
         <v>900767.16</v>
       </c>
       <c r="E10" s="4">
         <v>630537.01</v>
       </c>
       <c r="F10" s="4">
         <v>0</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
         <v>0</v>
       </c>
       <c r="I10" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="4">
         <v>16880008.280000001</v>
       </c>
       <c r="C11" s="4">
         <v>10790257.140000001</v>
       </c>
       <c r="D11" s="4">
         <v>6089751.1399999997</v>
       </c>
       <c r="E11" s="4">
         <v>4262825.8</v>
       </c>
       <c r="F11" s="4">
         <v>0</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
         <v>0</v>
       </c>
       <c r="I11" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="4">
         <v>4100745.26</v>
       </c>
       <c r="C12" s="4">
         <v>3364939.68</v>
       </c>
       <c r="D12" s="4">
         <v>735805.58</v>
       </c>
       <c r="E12" s="4">
         <v>515063.91</v>
       </c>
       <c r="F12" s="4">
         <v>0</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4">
         <v>132116156.45</v>
       </c>
       <c r="C13" s="4">
         <v>91551883.870000005</v>
       </c>
       <c r="D13" s="4">
         <v>40564272.579999998</v>
       </c>
       <c r="E13" s="4">
         <v>28394990.809999999</v>
       </c>
       <c r="F13" s="4">
         <v>0</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
         <v>0</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="3"/>
     </row>
-    <row r="17" spans="1:13" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="4">
         <v>53148.86</v>
       </c>
       <c r="C18" s="4">
         <v>885814.33</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
         <v>35432.57</v>
       </c>
       <c r="F18" s="4">
         <v>8423696.5</v>
       </c>
       <c r="G18" s="4">
         <v>178.83</v>
       </c>
       <c r="H18" s="4">
         <v>35432.57</v>
       </c>
       <c r="I18" s="4">
         <v>35253.74</v>
       </c>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="4">
         <v>34546.43</v>
       </c>
       <c r="C19" s="4">
         <v>575773.84</v>
       </c>
       <c r="D19" s="4">
         <v>59030.89</v>
       </c>
       <c r="E19" s="4">
         <v>82061.84</v>
       </c>
       <c r="F19" s="4">
         <v>11742109.74</v>
       </c>
       <c r="G19" s="4">
         <v>414.17</v>
       </c>
       <c r="H19" s="4">
         <v>82061.84</v>
       </c>
       <c r="I19" s="4">
         <v>81647.67</v>
       </c>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="4">
         <v>211914.16</v>
       </c>
       <c r="C20" s="4">
         <v>3531902.66</v>
       </c>
       <c r="D20" s="4">
         <v>95324.15</v>
       </c>
       <c r="E20" s="4">
         <v>236600.26</v>
       </c>
       <c r="F20" s="4">
         <v>9086190.1899999995</v>
       </c>
       <c r="G20" s="4">
         <v>1194.1300000000001</v>
       </c>
       <c r="H20" s="4">
         <v>236600.26</v>
       </c>
       <c r="I20" s="4">
         <v>235406.13</v>
       </c>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="4">
         <v>247707</v>
       </c>
       <c r="C21" s="4">
         <v>4128450</v>
       </c>
       <c r="D21" s="4">
         <v>177676.88</v>
       </c>
       <c r="E21" s="4">
         <v>342814.88</v>
       </c>
       <c r="F21" s="4">
         <v>27832217.010000002</v>
       </c>
       <c r="G21" s="4">
         <v>1730.2</v>
       </c>
       <c r="H21" s="4">
         <v>342814.88</v>
       </c>
       <c r="I21" s="4">
         <v>341084.68</v>
       </c>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="4">
         <v>32454.11</v>
       </c>
       <c r="C22" s="4">
         <v>540901.82999999996</v>
       </c>
       <c r="D22" s="4">
         <v>35303.440000000002</v>
       </c>
       <c r="E22" s="4">
         <v>56939.51</v>
       </c>
       <c r="F22" s="4">
         <v>8727142.6699999999</v>
       </c>
       <c r="G22" s="4">
         <v>287.37</v>
       </c>
       <c r="H22" s="4">
         <v>56939.51</v>
       </c>
       <c r="I22" s="4">
         <v>56652.14</v>
       </c>
     </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="4">
         <v>3139.02</v>
       </c>
       <c r="C23" s="4">
         <v>52317</v>
       </c>
       <c r="D23" s="4">
         <v>44866.59</v>
       </c>
       <c r="E23" s="4">
         <v>46959.27</v>
       </c>
       <c r="F23" s="4">
         <v>10826597.960000001</v>
       </c>
       <c r="G23" s="4">
         <v>237</v>
       </c>
       <c r="H23" s="4">
         <v>46959.27</v>
       </c>
       <c r="I23" s="4">
         <v>46722.27</v>
       </c>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="4">
         <v>18017.61</v>
       </c>
       <c r="C24" s="4">
         <v>300293.5</v>
       </c>
       <c r="D24" s="4">
         <v>11154.43</v>
       </c>
       <c r="E24" s="4">
         <v>23166.17</v>
       </c>
       <c r="F24" s="4">
         <v>6440681.29</v>
       </c>
       <c r="G24" s="4">
         <v>116.92</v>
       </c>
       <c r="H24" s="4">
         <v>23166.17</v>
       </c>
       <c r="I24" s="4">
         <v>23049.25</v>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="I25" s="5">
         <f>SUM(I18:I24)</f>
         <v>819815.88</v>
       </c>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="4">
         <v>205366.7</v>
       </c>
       <c r="C27" s="4">
         <v>3422778.33</v>
       </c>
       <c r="D27" s="4">
         <v>2991754.16</v>
       </c>
       <c r="E27" s="4">
         <v>17240.97</v>
       </c>
       <c r="F27" s="4">
         <v>8277.91</v>
       </c>
       <c r="G27" s="4">
         <v>7863.63</v>
       </c>
       <c r="H27" s="4">
         <v>414.28</v>
       </c>
       <c r="I27" s="4">
         <v>17655.25</v>
       </c>
       <c r="J27" s="4">
         <v>13991173.77</v>
       </c>
       <c r="K27" s="4">
         <v>89.11</v>
       </c>
       <c r="L27" s="4">
         <v>17655.25</v>
       </c>
       <c r="M27" s="4">
         <v>17566.14</v>
       </c>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="4">
         <v>104628.07</v>
       </c>
       <c r="C28" s="4">
         <v>1743801.17</v>
       </c>
       <c r="D28" s="4">
         <v>0</v>
       </c>
       <c r="E28" s="4">
         <v>69752.05</v>
       </c>
       <c r="F28" s="4">
         <v>3049.64</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>3049.64</v>
       </c>
       <c r="I28" s="4">
         <v>72801.69</v>
       </c>
       <c r="J28" s="4">
         <v>9000000</v>
       </c>
       <c r="K28" s="4">
         <v>367.43</v>
       </c>
       <c r="L28" s="4">
         <v>72801.69</v>
       </c>
       <c r="M28" s="4">
         <v>72434.259999999995</v>
       </c>
     </row>
-    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="4">
         <v>349485.39</v>
       </c>
       <c r="C29" s="4">
         <v>5824756.5</v>
       </c>
       <c r="D29" s="4">
         <v>522416.34</v>
       </c>
       <c r="E29" s="4">
         <v>212093.61</v>
       </c>
       <c r="F29" s="4">
         <v>0</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>212093.61</v>
       </c>
       <c r="J29" s="4">
         <v>15930602.640000001</v>
       </c>
       <c r="K29" s="4">
         <v>1070.44</v>
       </c>
       <c r="L29" s="4">
         <v>212093.61</v>
       </c>
       <c r="M29" s="4">
         <v>211023.17</v>
       </c>
     </row>
-    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="4">
         <v>872187.42</v>
       </c>
       <c r="C30" s="4">
         <v>14536457.01</v>
       </c>
       <c r="D30" s="4">
         <v>14713033.32</v>
       </c>
       <c r="E30" s="4">
         <v>0</v>
       </c>
       <c r="F30" s="4">
         <v>0</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>0</v>
       </c>
       <c r="J30" s="4">
         <v>26302301.329999998</v>
       </c>
       <c r="K30" s="4">
         <v>0</v>
       </c>
       <c r="L30" s="4">
         <v>0</v>
       </c>
       <c r="M30" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M31" s="5">
         <f>SUM(M27:M30)</f>
         <v>301023.57</v>
       </c>
     </row>
-    <row r="32" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M32" s="5"/>
     </row>
-    <row r="33" spans="12:13" x14ac:dyDescent="0.3">
+    <row r="33" spans="12:13" x14ac:dyDescent="0.25">
       <c r="M33" s="5"/>
     </row>
-    <row r="35" spans="12:13" x14ac:dyDescent="0.3">
+    <row r="35" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L35" t="s">
         <v>46</v>
       </c>
       <c r="M35" s="5">
         <f>I25+M31</f>
         <v>1120839.45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCB95E62-0C74-49CC-A693-288A44498FC9}">
   <dimension ref="A1:N10"/>
   <sheetViews>
     <sheetView topLeftCell="C1" workbookViewId="0">
       <selection activeCell="N9" sqref="N9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.77734375" customWidth="1"/>
-    <col min="2" max="13" width="12.77734375" customWidth="1"/>
+    <col min="1" max="1" width="15.7109375" customWidth="1"/>
+    <col min="2" max="13" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="2" spans="1:14" ht="33.6" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="44.4" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="4">
         <v>205366.7</v>
       </c>
       <c r="C3" s="4">
         <v>3422778.33</v>
       </c>
       <c r="D3" s="4">
         <v>2991754.16</v>
       </c>
       <c r="E3" s="4">
         <v>17240.97</v>
       </c>
       <c r="F3" s="4">
         <v>8277.91</v>
       </c>
       <c r="G3" s="4">
         <v>7863.63</v>
       </c>
       <c r="H3" s="4">
         <v>414.28</v>
       </c>
       <c r="I3" s="4">
         <v>17655.25</v>
       </c>
       <c r="J3" s="4">
         <v>13991173.77</v>
       </c>
       <c r="K3" s="4">
         <v>89.11</v>
       </c>
       <c r="L3" s="4">
         <v>17655.25</v>
       </c>
       <c r="M3" s="4">
         <v>17566.14</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="33.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="5">
         <v>1076756.23</v>
       </c>
       <c r="D7" s="5">
         <v>289302.33999999997</v>
       </c>
       <c r="E7" s="5">
         <f>(C7-D7)*0.04</f>
         <v>31498.155600000002</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" s="5">
         <v>0</v>
       </c>
       <c r="H7" s="5">
         <v>0</v>
       </c>
       <c r="I7" s="5">
         <f>E7+H7</f>
         <v>31498.155600000002</v>
       </c>
       <c r="J7" s="5">
         <f>'Newton Q2 Supplement '!J12-'Newton Q2 Supplement '!L12</f>
         <v>13979875.5944</v>
       </c>
       <c r="K7">
         <v>89.11</v>
       </c>
       <c r="L7" s="5">
         <f>I7</f>
         <v>31498.155600000002</v>
       </c>
       <c r="M7" s="5">
         <f>L7-K7</f>
         <v>31409.045600000001</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E8" s="5"/>
       <c r="M8" s="5">
         <f>M3</f>
         <v>17566.14</v>
       </c>
       <c r="N8" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="9" spans="1:14" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E9" s="5"/>
       <c r="M9" s="7">
         <f>M7-M8</f>
         <v>13842.905600000002</v>
       </c>
       <c r="N9" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="10" spans="1:14" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:14" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="E10" s="5"/>
       <c r="K10" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8A19389A-A9A6-4051-A9F6-88845E6F1220}">
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView topLeftCell="A13" workbookViewId="0">
       <selection activeCell="B30" sqref="B30:M30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="13" width="21.44140625" customWidth="1"/>
+    <col min="2" max="13" width="21.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="4">
         <v>5987.6</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3"/>
     </row>
-    <row r="5" spans="1:9" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="4">
         <v>50862780.700000003</v>
       </c>
       <c r="C6" s="4">
         <v>34961520.520000003</v>
       </c>
       <c r="D6" s="4">
         <v>15901260.18</v>
       </c>
       <c r="E6" s="4">
         <v>11130882.130000001</v>
       </c>
       <c r="F6" s="4">
         <v>0</v>
       </c>
       <c r="G6" s="4">
         <v>0</v>
       </c>
       <c r="H6" s="4">
         <v>0</v>
       </c>
       <c r="I6" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="4">
         <v>13929023.210000001</v>
       </c>
       <c r="C7" s="4">
         <v>8678037.1699999999</v>
       </c>
       <c r="D7" s="4">
         <v>5250986.04</v>
       </c>
       <c r="E7" s="4">
         <v>3675690.23</v>
       </c>
       <c r="F7" s="4">
         <v>0</v>
       </c>
       <c r="G7" s="4">
         <v>0</v>
       </c>
       <c r="H7" s="4">
         <v>0</v>
       </c>
       <c r="I7" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="4">
         <v>20942282.239999998</v>
       </c>
       <c r="C8" s="4">
         <v>12767383.880000001</v>
       </c>
       <c r="D8" s="4">
         <v>8174898.3600000003</v>
       </c>
       <c r="E8" s="4">
         <v>5722428.8499999996</v>
       </c>
       <c r="F8" s="4">
         <v>0</v>
       </c>
       <c r="G8" s="4">
         <v>0</v>
       </c>
       <c r="H8" s="4">
         <v>0</v>
       </c>
       <c r="I8" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="4">
         <v>3089882.75</v>
       </c>
       <c r="C9" s="4">
         <v>2000065.04</v>
       </c>
       <c r="D9" s="4">
         <v>1089817.71</v>
       </c>
       <c r="E9" s="4">
         <v>762872.4</v>
       </c>
       <c r="F9" s="4">
         <v>0</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
         <v>0</v>
       </c>
       <c r="I9" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="4">
         <v>2717548.64</v>
       </c>
       <c r="C10" s="4">
         <v>1668483.61</v>
       </c>
       <c r="D10" s="4">
         <v>1049065.03</v>
       </c>
       <c r="E10" s="4">
         <v>734345.52</v>
       </c>
       <c r="F10" s="4">
         <v>0</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
         <v>0</v>
       </c>
       <c r="I10" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="4">
         <v>20170711.449999999</v>
       </c>
       <c r="C11" s="4">
         <v>12744257.77</v>
       </c>
       <c r="D11" s="4">
         <v>7426453.6799999997</v>
       </c>
       <c r="E11" s="4">
         <v>5198517.58</v>
       </c>
       <c r="F11" s="4">
         <v>0</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
         <v>0</v>
       </c>
       <c r="I11" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="4">
         <v>4612256.78</v>
       </c>
       <c r="C12" s="4">
         <v>3832683.27</v>
       </c>
       <c r="D12" s="4">
         <v>779573.51</v>
       </c>
       <c r="E12" s="4">
         <v>545701.46</v>
       </c>
       <c r="F12" s="4">
         <v>0</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4">
         <v>155726323.47</v>
       </c>
       <c r="C13" s="4">
         <v>104251382.70999999</v>
       </c>
       <c r="D13" s="4">
         <v>51474940.759999998</v>
       </c>
       <c r="E13" s="4">
         <v>36032458.530000001</v>
       </c>
       <c r="F13" s="4">
         <v>0</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
         <v>0</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="3"/>
     </row>
-    <row r="17" spans="1:13" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="4">
         <v>35386.519999999997</v>
       </c>
       <c r="C18" s="4">
         <v>589775.32999999996</v>
       </c>
       <c r="D18" s="4">
         <v>71128.42</v>
       </c>
       <c r="E18" s="4">
         <v>94719.43</v>
       </c>
       <c r="F18" s="4">
         <v>11660047.9</v>
       </c>
       <c r="G18" s="4">
         <v>441.99</v>
       </c>
       <c r="H18" s="4">
         <v>94719.43</v>
       </c>
       <c r="I18" s="4">
         <v>94277.440000000002</v>
       </c>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="4">
         <v>268764.78000000003</v>
       </c>
       <c r="C19" s="4">
         <v>4479412.99</v>
       </c>
       <c r="D19" s="4">
         <v>249053.37</v>
       </c>
       <c r="E19" s="4">
         <v>428229.89</v>
       </c>
       <c r="F19" s="4">
         <v>27489402.129999999</v>
       </c>
       <c r="G19" s="4">
         <v>1998.25</v>
       </c>
       <c r="H19" s="4">
         <v>428229.89</v>
       </c>
       <c r="I19" s="4">
         <v>426231.64</v>
       </c>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="4">
         <v>159169.09</v>
       </c>
       <c r="C20" s="4">
         <v>2652818.17</v>
       </c>
       <c r="D20" s="4">
         <v>110886.54</v>
       </c>
       <c r="E20" s="4">
         <v>216999.27</v>
       </c>
       <c r="F20" s="4">
         <v>8849589.9299999997</v>
       </c>
       <c r="G20" s="4">
         <v>1012.58</v>
       </c>
       <c r="H20" s="4">
         <v>216999.27</v>
       </c>
       <c r="I20" s="4">
         <v>215986.69</v>
       </c>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="4">
         <v>53408.06</v>
       </c>
       <c r="C21" s="4">
         <v>890134.33</v>
       </c>
       <c r="D21" s="4">
         <v>16700.03</v>
       </c>
       <c r="E21" s="4">
         <v>52305.4</v>
       </c>
       <c r="F21" s="4">
         <v>6417515.1200000001</v>
       </c>
       <c r="G21" s="4">
         <v>244.07</v>
       </c>
       <c r="H21" s="4">
         <v>52305.4</v>
       </c>
       <c r="I21" s="4">
         <v>52061.33</v>
       </c>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="4">
         <v>38922.400000000001</v>
       </c>
       <c r="C22" s="4">
         <v>648706.67000000004</v>
       </c>
       <c r="D22" s="4">
         <v>0</v>
       </c>
       <c r="E22" s="4">
         <v>25948.27</v>
       </c>
       <c r="F22" s="4">
         <v>8388263.9299999997</v>
       </c>
       <c r="G22" s="4">
         <v>121.08</v>
       </c>
       <c r="H22" s="4">
         <v>25948.27</v>
       </c>
       <c r="I22" s="4">
         <v>25827.19</v>
       </c>
     </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="4">
         <v>30870.92</v>
       </c>
       <c r="C23" s="4">
         <v>514515.33</v>
       </c>
       <c r="D23" s="4">
         <v>50521.24</v>
       </c>
       <c r="E23" s="4">
         <v>71101.850000000006</v>
       </c>
       <c r="F23" s="4">
         <v>8670203.1600000001</v>
       </c>
       <c r="G23" s="4">
         <v>331.78</v>
       </c>
       <c r="H23" s="4">
         <v>71101.850000000006</v>
       </c>
       <c r="I23" s="4">
         <v>70770.070000000007</v>
       </c>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="4">
         <v>3754.48</v>
       </c>
       <c r="C24" s="4">
         <v>62574.67</v>
       </c>
       <c r="D24" s="4">
         <v>58429.94</v>
       </c>
       <c r="E24" s="4">
         <v>60932.93</v>
       </c>
       <c r="F24" s="4">
         <v>10779638.689999999</v>
       </c>
       <c r="G24" s="4">
         <v>284.33</v>
       </c>
       <c r="H24" s="4">
         <v>60932.93</v>
       </c>
       <c r="I24" s="4">
         <v>60648.6</v>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="I25" s="5">
         <f>SUM(I18:I24)</f>
         <v>945802.95999999985</v>
       </c>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B27" s="4">
         <v>381078.17</v>
       </c>
       <c r="C27" s="4">
         <v>6351302.8300000001</v>
       </c>
       <c r="D27" s="4">
         <v>444380.63</v>
       </c>
       <c r="E27" s="4">
         <v>236276.89</v>
       </c>
       <c r="F27" s="4">
         <v>0</v>
       </c>
       <c r="G27" s="4">
         <v>0</v>
       </c>
       <c r="H27" s="4">
         <v>0</v>
       </c>
       <c r="I27" s="4">
         <v>236276.89</v>
       </c>
       <c r="J27" s="4">
         <v>15718509.029999999</v>
       </c>
       <c r="K27" s="4">
         <v>1102.54</v>
       </c>
       <c r="L27" s="4">
         <v>236276.89</v>
       </c>
       <c r="M27" s="4">
         <v>235174.35</v>
       </c>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="4">
         <v>134340.31</v>
       </c>
       <c r="C28" s="4">
         <v>2239005.17</v>
       </c>
       <c r="D28" s="4">
         <v>0</v>
       </c>
       <c r="E28" s="4">
         <v>89560.21</v>
       </c>
       <c r="F28" s="4">
         <v>7084.9</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>7084.9</v>
       </c>
       <c r="I28" s="4">
         <v>96645.11</v>
       </c>
       <c r="J28" s="4">
         <v>8927198.3100000005</v>
       </c>
       <c r="K28" s="4">
         <v>450.98</v>
       </c>
       <c r="L28" s="4">
         <v>96645.11</v>
       </c>
       <c r="M28" s="4">
         <v>96194.13</v>
       </c>
     </row>
-    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B29" s="4">
         <v>943229.84</v>
       </c>
       <c r="C29" s="4">
         <v>15720497.34</v>
       </c>
       <c r="D29" s="4">
         <v>20490395</v>
       </c>
       <c r="E29" s="4">
         <v>0</v>
       </c>
       <c r="F29" s="4">
         <v>0</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>0</v>
       </c>
       <c r="J29" s="4">
         <v>26302301.329999998</v>
       </c>
       <c r="K29" s="4">
         <v>0</v>
       </c>
       <c r="L29" s="4">
         <v>0</v>
       </c>
       <c r="M29" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B30" s="4">
         <v>146760.51</v>
       </c>
       <c r="C30" s="4">
         <v>2446008.5</v>
       </c>
       <c r="D30" s="4">
         <v>3176297.69</v>
       </c>
       <c r="E30" s="4">
         <v>0</v>
       </c>
       <c r="F30" s="4">
         <v>0</v>
       </c>
       <c r="G30" s="4">
         <v>16060.8</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>0</v>
       </c>
       <c r="J30" s="4">
         <v>13973518.52</v>
       </c>
       <c r="K30" s="4">
         <v>0</v>
       </c>
       <c r="L30" s="4">
         <v>0</v>
       </c>
       <c r="M30" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M31" s="5">
         <f>SUM(M27:M30)</f>
         <v>331368.48</v>
       </c>
     </row>
-    <row r="36" spans="12:13" x14ac:dyDescent="0.3">
+    <row r="36" spans="12:13" x14ac:dyDescent="0.25">
       <c r="L36" t="s">
         <v>54</v>
       </c>
       <c r="M36" s="5">
         <f>I25+M31</f>
         <v>1277171.44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCF06ADC-4A26-4B2C-9888-06A5C6589A30}">
   <dimension ref="A1:N10"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N9" sqref="N9"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="P21" sqref="P21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.77734375" customWidth="1"/>
-    <col min="2" max="13" width="12.77734375" customWidth="1"/>
+    <col min="1" max="1" width="15.7109375" customWidth="1"/>
+    <col min="2" max="13" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="2" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="33.6" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="4">
         <v>146760.51</v>
       </c>
       <c r="C3" s="4">
         <v>2446008.5</v>
       </c>
       <c r="D3" s="4">
         <v>3176297.69</v>
       </c>
       <c r="E3" s="4">
         <v>0</v>
       </c>
       <c r="F3" s="4">
         <v>0</v>
       </c>
       <c r="G3" s="4">
         <v>16060.8</v>
       </c>
       <c r="H3" s="4">
         <v>0</v>
       </c>
       <c r="I3" s="4">
         <v>0</v>
       </c>
       <c r="J3" s="4">
         <v>13973518.52</v>
       </c>
       <c r="K3" s="4">
         <v>0</v>
       </c>
       <c r="L3" s="4">
         <v>0</v>
       </c>
       <c r="M3" s="4">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="22.8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="33.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="5">
         <v>954976.6399999999</v>
       </c>
       <c r="D7" s="5">
         <v>278930.67000000004</v>
       </c>
       <c r="E7" s="5">
         <f>(C7-D7)*0.04</f>
         <v>27041.838799999994</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" s="5">
         <v>0</v>
       </c>
       <c r="H7" s="5">
         <v>0</v>
       </c>
       <c r="I7" s="5">
         <f>E7+H7</f>
         <v>27041.838799999994</v>
       </c>
       <c r="J7" s="5">
         <f>'Newton Quarter 3 Supplement'!J7-'Newton Quarter 3 Supplement'!L7</f>
         <v>13948377.4388</v>
       </c>
       <c r="K7">
         <v>0</v>
       </c>
       <c r="L7" s="5">
         <f>I7</f>
         <v>27041.838799999994</v>
       </c>
       <c r="M7" s="5">
         <f>L7-K7</f>
         <v>27041.838799999994</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E8" s="5"/>
       <c r="M8" s="5">
         <f>M3</f>
         <v>0</v>
       </c>
       <c r="N8" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="9" spans="1:14" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="E9" s="5"/>
       <c r="M9" s="7">
         <f>M7-M8</f>
         <v>27041.838799999994</v>
       </c>
       <c r="N9" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="10" spans="1:14" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:14" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="E10" s="5"/>
       <c r="K10" s="5"/>
     </row>
   </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88BAC61C-C879-4BF5-ABAE-146753AF93F6}">
+  <dimension ref="A1:U23"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="U21" sqref="U21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="28.7109375" customWidth="1"/>
+    <col min="2" max="2" width="3.85546875" customWidth="1"/>
+    <col min="3" max="3" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" customWidth="1"/>
+    <col min="7" max="8" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.85546875" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.85546875" customWidth="1"/>
+    <col min="15" max="16" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="10" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="8.85546875" customWidth="1"/>
+    <col min="19" max="19" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C1" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="10"/>
+      <c r="U1" s="10"/>
+    </row>
+    <row r="2" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="12"/>
+      <c r="C2" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="L2" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M2" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N2" s="10"/>
+      <c r="O2" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P2" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q2" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="R2" s="10"/>
+      <c r="S2" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="T2" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="U2" s="10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A3" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" s="15"/>
+      <c r="C3" s="16">
+        <v>691.87</v>
+      </c>
+      <c r="D3" s="16">
+        <v>0</v>
+      </c>
+      <c r="E3" s="17">
+        <f>C3+D3</f>
+        <v>691.87</v>
+      </c>
+      <c r="F3" s="17"/>
+      <c r="G3" s="17">
+        <v>256.88</v>
+      </c>
+      <c r="H3" s="16">
+        <v>0</v>
+      </c>
+      <c r="I3" s="17">
+        <f>G3+H3</f>
+        <v>256.88</v>
+      </c>
+      <c r="J3" s="17"/>
+      <c r="K3" s="17">
+        <v>0</v>
+      </c>
+      <c r="L3" s="17">
+        <v>0</v>
+      </c>
+      <c r="M3" s="17">
+        <f>K3+L3</f>
+        <v>0</v>
+      </c>
+      <c r="N3" s="17"/>
+      <c r="O3" s="17">
+        <v>0</v>
+      </c>
+      <c r="P3" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q3" s="17">
+        <f>O3+P3</f>
+        <v>0</v>
+      </c>
+      <c r="R3" s="17"/>
+      <c r="S3" s="17">
+        <f>C3+G3+K3+O3</f>
+        <v>948.75</v>
+      </c>
+      <c r="T3" s="17">
+        <f>D3+H3+L3+P3</f>
+        <v>0</v>
+      </c>
+      <c r="U3" s="17">
+        <f>S3+T3</f>
+        <v>948.75</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A4" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="15"/>
+      <c r="C4" s="16">
+        <v>0</v>
+      </c>
+      <c r="D4" s="16">
+        <v>0</v>
+      </c>
+      <c r="E4" s="17">
+        <f t="shared" ref="E4:E9" si="0">C4+D4</f>
+        <v>0</v>
+      </c>
+      <c r="F4" s="17"/>
+      <c r="G4" s="17">
+        <v>0</v>
+      </c>
+      <c r="H4" s="16">
+        <v>0</v>
+      </c>
+      <c r="I4" s="17">
+        <f t="shared" ref="I4:I9" si="1">G4+H4</f>
+        <v>0</v>
+      </c>
+      <c r="J4" s="17"/>
+      <c r="K4" s="17">
+        <v>0</v>
+      </c>
+      <c r="L4" s="17">
+        <v>0</v>
+      </c>
+      <c r="M4" s="17">
+        <f t="shared" ref="M4:M9" si="2">K4+L4</f>
+        <v>0</v>
+      </c>
+      <c r="N4" s="17"/>
+      <c r="O4" s="17">
+        <v>0</v>
+      </c>
+      <c r="P4" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="17">
+        <f t="shared" ref="Q4:Q9" si="3">O4+P4</f>
+        <v>0</v>
+      </c>
+      <c r="R4" s="17"/>
+      <c r="S4" s="17">
+        <f t="shared" ref="S4:T9" si="4">C4+G4+K4+O4</f>
+        <v>0</v>
+      </c>
+      <c r="T4" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="U4" s="17">
+        <f t="shared" ref="U4:U9" si="5">S4+T4</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A5" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="15"/>
+      <c r="C5" s="16">
+        <v>3870.5</v>
+      </c>
+      <c r="D5" s="16">
+        <v>17415.25</v>
+      </c>
+      <c r="E5" s="17">
+        <f t="shared" si="0"/>
+        <v>21285.75</v>
+      </c>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17">
+        <v>1324.63</v>
+      </c>
+      <c r="H5" s="16">
+        <v>10699.4</v>
+      </c>
+      <c r="I5" s="17">
+        <f t="shared" si="1"/>
+        <v>12024.029999999999</v>
+      </c>
+      <c r="J5" s="17"/>
+      <c r="K5" s="17">
+        <v>0</v>
+      </c>
+      <c r="L5" s="17">
+        <v>0</v>
+      </c>
+      <c r="M5" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N5" s="17"/>
+      <c r="O5" s="17">
+        <v>0</v>
+      </c>
+      <c r="P5" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R5" s="17"/>
+      <c r="S5" s="17">
+        <f t="shared" si="4"/>
+        <v>5195.13</v>
+      </c>
+      <c r="T5" s="17">
+        <f t="shared" si="4"/>
+        <v>28114.65</v>
+      </c>
+      <c r="U5" s="17">
+        <f t="shared" si="5"/>
+        <v>33309.78</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="15"/>
+      <c r="C6" s="16">
+        <v>280.99</v>
+      </c>
+      <c r="D6" s="16">
+        <v>0</v>
+      </c>
+      <c r="E6" s="17">
+        <f t="shared" si="0"/>
+        <v>280.99</v>
+      </c>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17">
+        <v>0</v>
+      </c>
+      <c r="H6" s="16">
+        <v>0</v>
+      </c>
+      <c r="I6" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="17"/>
+      <c r="K6" s="17">
+        <v>0</v>
+      </c>
+      <c r="L6" s="17">
+        <v>0</v>
+      </c>
+      <c r="M6" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N6" s="17"/>
+      <c r="O6" s="17">
+        <v>0</v>
+      </c>
+      <c r="P6" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R6" s="17"/>
+      <c r="S6" s="17">
+        <f t="shared" si="4"/>
+        <v>280.99</v>
+      </c>
+      <c r="T6" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="U6" s="17">
+        <f t="shared" si="5"/>
+        <v>280.99</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A7" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="15"/>
+      <c r="C7" s="16">
+        <v>0</v>
+      </c>
+      <c r="D7" s="16">
+        <v>0</v>
+      </c>
+      <c r="E7" s="17">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F7" s="17"/>
+      <c r="G7" s="17">
+        <v>0</v>
+      </c>
+      <c r="H7" s="16">
+        <v>0</v>
+      </c>
+      <c r="I7" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="17"/>
+      <c r="K7" s="17">
+        <v>0</v>
+      </c>
+      <c r="L7" s="17">
+        <v>0</v>
+      </c>
+      <c r="M7" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N7" s="17"/>
+      <c r="O7" s="17">
+        <v>0</v>
+      </c>
+      <c r="P7" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R7" s="17"/>
+      <c r="S7" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="T7" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="U7" s="17">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A8" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="15"/>
+      <c r="C8" s="16">
+        <v>0</v>
+      </c>
+      <c r="D8" s="16">
+        <v>0</v>
+      </c>
+      <c r="E8" s="17">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F8" s="17"/>
+      <c r="G8" s="17">
+        <v>0</v>
+      </c>
+      <c r="H8" s="16">
+        <v>0</v>
+      </c>
+      <c r="I8" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="17"/>
+      <c r="K8" s="17">
+        <v>0</v>
+      </c>
+      <c r="L8" s="17">
+        <v>0</v>
+      </c>
+      <c r="M8" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N8" s="17"/>
+      <c r="O8" s="17">
+        <v>0</v>
+      </c>
+      <c r="P8" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R8" s="17"/>
+      <c r="S8" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="T8" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="U8" s="17">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="15"/>
+      <c r="C9" s="16">
+        <v>0</v>
+      </c>
+      <c r="D9" s="16">
+        <v>0</v>
+      </c>
+      <c r="E9" s="17">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F9" s="17"/>
+      <c r="G9" s="17">
+        <v>0</v>
+      </c>
+      <c r="H9" s="16">
+        <v>0</v>
+      </c>
+      <c r="I9" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J9" s="17"/>
+      <c r="K9" s="17">
+        <v>0</v>
+      </c>
+      <c r="L9" s="17">
+        <v>0</v>
+      </c>
+      <c r="M9" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N9" s="17"/>
+      <c r="O9" s="17">
+        <v>0</v>
+      </c>
+      <c r="P9" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="R9" s="17"/>
+      <c r="S9" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="T9" s="17">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="U9" s="17">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="15"/>
+      <c r="B10" s="15"/>
+      <c r="C10" s="18">
+        <f t="shared" ref="C10:D10" si="6">SUM(C3:C9)</f>
+        <v>4843.3599999999997</v>
+      </c>
+      <c r="D10" s="18">
+        <f t="shared" si="6"/>
+        <v>17415.25</v>
+      </c>
+      <c r="E10" s="19">
+        <f>SUM(E3:E9)</f>
+        <v>22258.61</v>
+      </c>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19">
+        <f t="shared" ref="G10:U10" si="7">SUM(G3:G9)</f>
+        <v>1581.5100000000002</v>
+      </c>
+      <c r="H10" s="19">
+        <f t="shared" si="7"/>
+        <v>10699.4</v>
+      </c>
+      <c r="I10" s="19">
+        <f t="shared" si="7"/>
+        <v>12280.909999999998</v>
+      </c>
+      <c r="J10" s="19"/>
+      <c r="K10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="L10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="M10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="P10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="Q10" s="19">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="R10" s="19"/>
+      <c r="S10" s="19">
+        <f t="shared" si="7"/>
+        <v>6424.87</v>
+      </c>
+      <c r="T10" s="19">
+        <f t="shared" si="7"/>
+        <v>28114.65</v>
+      </c>
+      <c r="U10" s="20">
+        <f t="shared" si="7"/>
+        <v>34539.519999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C11" s="13"/>
+      <c r="D11" s="13"/>
+      <c r="E11" s="17"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="17"/>
+      <c r="H11" s="17"/>
+      <c r="I11" s="10"/>
+      <c r="J11" s="10"/>
+      <c r="K11" s="10"/>
+      <c r="L11" s="10"/>
+      <c r="M11" s="10"/>
+      <c r="N11" s="10"/>
+      <c r="O11" s="10"/>
+      <c r="P11" s="10"/>
+      <c r="Q11" s="10"/>
+      <c r="R11" s="10"/>
+      <c r="S11" s="10"/>
+      <c r="T11" s="10"/>
+      <c r="U11" s="10"/>
+    </row>
+    <row r="12" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="I12" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="J12" s="10"/>
+      <c r="K12" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="L12" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M12" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N12" s="10"/>
+      <c r="O12" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P12" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q12" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="R12" s="10"/>
+      <c r="S12" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="T12" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="U12" s="10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A13" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="13">
+        <v>0</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17">
+        <f>C13+D13</f>
+        <v>0</v>
+      </c>
+      <c r="F13" s="10"/>
+      <c r="G13" s="22">
+        <v>0</v>
+      </c>
+      <c r="H13" s="17">
+        <v>0</v>
+      </c>
+      <c r="I13" s="17">
+        <v>0</v>
+      </c>
+      <c r="J13" s="10"/>
+      <c r="K13" s="17">
+        <v>0</v>
+      </c>
+      <c r="L13" s="17">
+        <v>0</v>
+      </c>
+      <c r="M13" s="17">
+        <v>0</v>
+      </c>
+      <c r="N13" s="10"/>
+      <c r="O13" s="17">
+        <v>0</v>
+      </c>
+      <c r="P13" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>0</v>
+      </c>
+      <c r="R13" s="10"/>
+      <c r="S13" s="17">
+        <f>C13+G13+K13+O13</f>
+        <v>0</v>
+      </c>
+      <c r="T13" s="17">
+        <f>D13+H13+L13+P13</f>
+        <v>0</v>
+      </c>
+      <c r="U13" s="17">
+        <f>S13+T13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A14" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0</v>
+      </c>
+      <c r="E14" s="17">
+        <f t="shared" ref="E14:E16" si="8">C14+D14</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="22">
+        <v>0</v>
+      </c>
+      <c r="H14" s="17">
+        <v>0</v>
+      </c>
+      <c r="I14" s="17">
+        <v>0</v>
+      </c>
+      <c r="J14" s="23"/>
+      <c r="K14" s="17">
+        <v>0</v>
+      </c>
+      <c r="L14" s="17">
+        <v>0</v>
+      </c>
+      <c r="M14" s="17">
+        <v>0</v>
+      </c>
+      <c r="N14" s="23"/>
+      <c r="O14" s="17">
+        <v>0</v>
+      </c>
+      <c r="P14" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="17">
+        <v>0</v>
+      </c>
+      <c r="R14" s="23"/>
+      <c r="S14" s="17">
+        <f>C14+G14+K14+O14</f>
+        <v>0</v>
+      </c>
+      <c r="T14" s="17">
+        <f t="shared" ref="T14:T16" si="9">D14+H14+L14+P14</f>
+        <v>0</v>
+      </c>
+      <c r="U14" s="17">
+        <f t="shared" ref="U14:U17" si="10">S14+T14</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A15" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="13">
+        <v>0</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0</v>
+      </c>
+      <c r="E15" s="17">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="22">
+        <v>0</v>
+      </c>
+      <c r="H15" s="17">
+        <v>0</v>
+      </c>
+      <c r="I15" s="17">
+        <v>0</v>
+      </c>
+      <c r="J15" s="23"/>
+      <c r="K15" s="17">
+        <v>64.75</v>
+      </c>
+      <c r="L15" s="17">
+        <v>0</v>
+      </c>
+      <c r="M15" s="17">
+        <f>K15+L15</f>
+        <v>64.75</v>
+      </c>
+      <c r="N15" s="23"/>
+      <c r="O15" s="17">
+        <v>1216.7</v>
+      </c>
+      <c r="P15" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="17">
+        <f>O15+P15</f>
+        <v>1216.7</v>
+      </c>
+      <c r="R15" s="23"/>
+      <c r="S15" s="17">
+        <f>C15+G15+K15+O15</f>
+        <v>1281.45</v>
+      </c>
+      <c r="T15" s="17">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="U15" s="17">
+        <f t="shared" si="10"/>
+        <v>1281.45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="24">
+        <v>0</v>
+      </c>
+      <c r="D16" s="24">
+        <v>0</v>
+      </c>
+      <c r="E16" s="25">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="F16" s="26"/>
+      <c r="G16" s="27">
+        <v>0</v>
+      </c>
+      <c r="H16" s="25">
+        <v>0</v>
+      </c>
+      <c r="I16" s="25">
+        <v>0</v>
+      </c>
+      <c r="J16" s="26"/>
+      <c r="K16" s="25">
+        <v>0</v>
+      </c>
+      <c r="L16" s="25">
+        <v>0</v>
+      </c>
+      <c r="M16" s="25">
+        <v>0</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="25">
+        <v>0</v>
+      </c>
+      <c r="P16" s="25">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="25">
+        <v>0</v>
+      </c>
+      <c r="R16" s="26"/>
+      <c r="S16" s="25">
+        <f>C16+G16+K16+O16</f>
+        <v>0</v>
+      </c>
+      <c r="T16" s="25">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="U16" s="25">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C17" s="28">
+        <f>SUM(C13:C16)</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="28">
+        <f>SUM(D13:D16)</f>
+        <v>0</v>
+      </c>
+      <c r="E17" s="29">
+        <f>E10+E13</f>
+        <v>22258.61</v>
+      </c>
+      <c r="F17" s="30"/>
+      <c r="G17" s="31">
+        <f>SUM(G13:G16)</f>
+        <v>0</v>
+      </c>
+      <c r="H17" s="29">
+        <f>SUM(H13:H16)</f>
+        <v>0</v>
+      </c>
+      <c r="I17" s="29">
+        <f>I10+I13</f>
+        <v>12280.909999999998</v>
+      </c>
+      <c r="J17" s="30"/>
+      <c r="K17" s="29">
+        <f>SUM(K13:K16)</f>
+        <v>64.75</v>
+      </c>
+      <c r="L17" s="29">
+        <f>SUM(L13:L16)</f>
+        <v>0</v>
+      </c>
+      <c r="M17" s="29">
+        <f>SUM(M2:M16)</f>
+        <v>64.75</v>
+      </c>
+      <c r="N17" s="30"/>
+      <c r="O17" s="29">
+        <f>SUM(O13:O16)</f>
+        <v>1216.7</v>
+      </c>
+      <c r="P17" s="29">
+        <f>SUM(P13:P16)</f>
+        <v>0</v>
+      </c>
+      <c r="Q17" s="29">
+        <f>SUM(Q2:Q16)</f>
+        <v>1216.7</v>
+      </c>
+      <c r="R17" s="30"/>
+      <c r="S17" s="32">
+        <f>SUM(S13:S16)</f>
+        <v>1281.45</v>
+      </c>
+      <c r="T17" s="32">
+        <v>0</v>
+      </c>
+      <c r="U17" s="32">
+        <f t="shared" si="10"/>
+        <v>1281.45</v>
+      </c>
+    </row>
+    <row r="18" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
+      <c r="R18" s="33"/>
+      <c r="S18" s="33"/>
+      <c r="T18" s="33"/>
+      <c r="U18" s="34"/>
+    </row>
+    <row r="19" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="33"/>
+      <c r="F19" s="33"/>
+      <c r="G19" s="33"/>
+      <c r="H19" s="33"/>
+      <c r="I19" s="33"/>
+      <c r="J19" s="33"/>
+      <c r="K19" s="33"/>
+      <c r="L19" s="33"/>
+      <c r="M19" s="33"/>
+      <c r="N19" s="33"/>
+      <c r="O19" s="33"/>
+      <c r="P19" s="33"/>
+      <c r="Q19" s="33"/>
+      <c r="R19" s="33"/>
+      <c r="S19" s="33"/>
+      <c r="T19" s="33"/>
+      <c r="U19" s="33"/>
+    </row>
+    <row r="20" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="33"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="33"/>
+      <c r="H20" s="33"/>
+      <c r="I20" s="33"/>
+      <c r="J20" s="33"/>
+      <c r="K20" s="33"/>
+      <c r="L20" s="33"/>
+      <c r="M20" s="33"/>
+      <c r="N20" s="33"/>
+      <c r="O20" s="33"/>
+      <c r="P20" s="33"/>
+      <c r="Q20" s="33"/>
+      <c r="R20" s="33"/>
+      <c r="S20" s="33"/>
+      <c r="T20" s="33"/>
+      <c r="U20" s="33"/>
+    </row>
+    <row r="21" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="33"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="33"/>
+      <c r="H21" s="33"/>
+      <c r="I21" s="33"/>
+      <c r="J21" s="33"/>
+      <c r="K21" s="33"/>
+      <c r="L21" s="33"/>
+      <c r="M21" s="33"/>
+      <c r="N21" s="33"/>
+      <c r="O21" s="33"/>
+      <c r="P21" s="33"/>
+      <c r="Q21" s="33"/>
+      <c r="R21" s="33"/>
+      <c r="S21" s="33"/>
+      <c r="T21" s="30" t="s">
+        <v>74</v>
+      </c>
+      <c r="U21" s="29">
+        <f>U10+U17</f>
+        <v>35820.969999999994</v>
+      </c>
+    </row>
+    <row r="22" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="33"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="33"/>
+      <c r="I22" s="33"/>
+      <c r="J22" s="33"/>
+      <c r="K22" s="33"/>
+      <c r="L22" s="33"/>
+      <c r="M22" s="33"/>
+      <c r="N22" s="33"/>
+      <c r="O22" s="33"/>
+      <c r="P22" s="33"/>
+      <c r="Q22" s="33"/>
+      <c r="R22" s="33"/>
+      <c r="S22" s="33"/>
+      <c r="T22" s="34"/>
+      <c r="U22" s="33"/>
+    </row>
+    <row r="23" spans="3:21" x14ac:dyDescent="0.25">
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="10"/>
+      <c r="G23" s="10"/>
+      <c r="H23" s="10"/>
+      <c r="I23" s="10"/>
+      <c r="J23" s="10"/>
+      <c r="K23" s="10"/>
+      <c r="L23" s="10"/>
+      <c r="M23" s="10"/>
+      <c r="N23" s="10"/>
+      <c r="O23" s="10"/>
+      <c r="P23" s="10"/>
+      <c r="Q23" s="10"/>
+      <c r="R23" s="10"/>
+      <c r="S23" s="10"/>
+      <c r="T23" s="10"/>
+      <c r="U23" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="C1:S1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>FY25 Quarter 1</vt:lpstr>
       <vt:lpstr>FY25 Quarter 2</vt:lpstr>
       <vt:lpstr>Newton Q2 Supplement </vt:lpstr>
       <vt:lpstr>FY25 Quarter 3</vt:lpstr>
       <vt:lpstr>Newton Quarter 3 Supplement</vt:lpstr>
       <vt:lpstr>FY25 Quarter 4</vt:lpstr>
       <vt:lpstr>Newton Quarter 4 Supplement</vt:lpstr>
+      <vt:lpstr>Late Filed Returns</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Adam Floyd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>