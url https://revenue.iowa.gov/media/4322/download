--- v0 (2025-11-28)
+++ v1 (2026-03-11)
@@ -1,89 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\PT\DISTRIBUTIONS\IMPACT Distributions\Quarterly Distributions\FY26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0EAC8586-07DC-4DE5-AB4C-A793D9E9C097}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E41199A8-1C14-46D1-9764-616BA6AB926F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2220" yWindow="1290" windowWidth="31515" windowHeight="13350" xr2:uid="{8F6688BB-2077-4449-8DF1-EA43E0105F4F}"/>
+    <workbookView xWindow="1695" yWindow="1260" windowWidth="37635" windowHeight="13980" activeTab="1" xr2:uid="{8F6688BB-2077-4449-8DF1-EA43E0105F4F}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26 Q1" sheetId="1" r:id="rId1"/>
+    <sheet name="FY26 Q2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M30" i="1" l="1"/>
+  <c r="M30" i="2" l="1"/>
+  <c r="I24" i="2"/>
+  <c r="M33" i="2" s="1"/>
+  <c r="I13" i="2"/>
+  <c r="M30" i="1"/>
   <c r="M34" i="1" s="1"/>
   <c r="I24" i="1"/>
   <c r="I13" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="48">
   <si>
     <t>Field</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Administrative Details</t>
   </si>
   <si>
     <t>Total Admin Fee</t>
   </si>
   <si>
     <t>Flood Mitigation Details</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Reported Sales</t>
   </si>
   <si>
     <t>Base Amount</t>
   </si>
   <si>
@@ -180,159 +187,172 @@
     <t>Sales Increment</t>
   </si>
   <si>
     <t>Hotel/Motel Tax</t>
   </si>
   <si>
     <t>Hotel/Motel Base</t>
   </si>
   <si>
     <t>HM Increment</t>
   </si>
   <si>
     <t>Newton Reinvestment District V2</t>
   </si>
   <si>
     <t>Cedar Rapids Reinvestment District V2</t>
   </si>
   <si>
     <t>Fort Dodge Reinvestment District V2</t>
   </si>
   <si>
     <t>Merle Hay Reinvestment District V2</t>
   </si>
   <si>
     <t>V1s and  V2s</t>
+  </si>
+  <si>
+    <t>V1s and V2s</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF95B3D7"/>
         <bgColor rgb="FF95B3D7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBE5F1"/>
         <bgColor rgb="FFDBE5F1"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -606,56 +626,60 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CFE193F-0326-43F7-9A3A-F165DF10F700}">
   <dimension ref="A1:M34"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" workbookViewId="0">
-      <selection activeCell="C34" sqref="C34"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="13" width="21.42578125" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
@@ -882,51 +906,51 @@
         <v>4649159.9400000004</v>
       </c>
       <c r="C12" s="4">
         <v>3467396.16</v>
       </c>
       <c r="D12" s="4">
         <v>1181763.78</v>
       </c>
       <c r="E12" s="4">
         <v>827234.65</v>
       </c>
       <c r="F12" s="4">
         <v>1426444</v>
       </c>
       <c r="G12" s="4">
         <v>94.38</v>
       </c>
       <c r="H12" s="4">
         <v>1181763.79</v>
       </c>
       <c r="I12" s="4">
         <v>827140.27</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="I13" s="5">
+      <c r="I13" s="6">
         <f>SUM(I6:I12)</f>
         <v>18825516.170000002</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="3"/>
     </row>
     <row r="16" spans="1:9" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>22</v>
       </c>
@@ -1134,51 +1158,51 @@
         <v>31385.41</v>
       </c>
       <c r="C23" s="4">
         <v>523090.16</v>
       </c>
       <c r="D23" s="4">
         <v>52208.44</v>
       </c>
       <c r="E23" s="4">
         <v>73132.05</v>
       </c>
       <c r="F23" s="4">
         <v>8599101.3100000005</v>
       </c>
       <c r="G23" s="4">
         <v>5.84</v>
       </c>
       <c r="H23" s="4">
         <v>73132.05</v>
       </c>
       <c r="I23" s="4">
         <v>73126.210000000006</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="I24" s="5">
+      <c r="I24" s="6">
         <f>SUM(I17:I23)</f>
         <v>952052.74</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>40</v>
@@ -1345,85 +1369,851 @@
         <v>0</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>0</v>
       </c>
       <c r="J29" s="4">
         <v>26302301.329999998</v>
       </c>
       <c r="K29" s="4">
         <v>0</v>
       </c>
       <c r="L29" s="4">
         <v>0</v>
       </c>
       <c r="M29" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="M30" s="5">
+      <c r="M30" s="6">
         <f>SUM(M26:M29)</f>
         <v>451817.61</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M31" s="5"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="M32" s="5"/>
     </row>
     <row r="34" spans="12:13" x14ac:dyDescent="0.25">
-      <c r="L34" t="s">
+      <c r="L34" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="M34" s="5">
+      <c r="M34" s="6">
         <f>M30+I24</f>
         <v>1403870.35</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDBD51D0-B601-4317-AE69-A0BE70A99F27}">
+  <dimension ref="A1:N33"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J21" sqref="J21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="30" customWidth="1"/>
+    <col min="2" max="13" width="21.42578125" customWidth="1"/>
+    <col min="14" max="14" width="10.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="3"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="4">
+        <v>4776.3999999999996</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="3"/>
+    </row>
+    <row r="5" spans="1:10" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="4">
+        <v>4613388.24</v>
+      </c>
+      <c r="C6" s="4">
+        <v>3610360.55</v>
+      </c>
+      <c r="D6" s="4">
+        <v>1003027.69</v>
+      </c>
+      <c r="E6" s="4">
+        <v>702119.38</v>
+      </c>
+      <c r="F6" s="4">
+        <v>599209.35</v>
+      </c>
+      <c r="G6" s="4">
+        <v>216.06</v>
+      </c>
+      <c r="H6" s="4">
+        <v>856013.36</v>
+      </c>
+      <c r="I6" s="4">
+        <v>598993.29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="4">
+        <v>46866257.200000003</v>
+      </c>
+      <c r="C7" s="4">
+        <v>35216686.840000004</v>
+      </c>
+      <c r="D7" s="4">
+        <v>11649570.359999999</v>
+      </c>
+      <c r="E7" s="4">
+        <v>8154699.25</v>
+      </c>
+      <c r="F7" s="4">
+        <v>9290123.3399999999</v>
+      </c>
+      <c r="G7" s="4">
+        <v>2509.4</v>
+      </c>
+      <c r="H7" s="4">
+        <v>11649570.359999999</v>
+      </c>
+      <c r="I7" s="4">
+        <v>8152189.8499999996</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="4">
+        <v>21699776.870000001</v>
+      </c>
+      <c r="C8" s="4">
+        <v>13497614.609999999</v>
+      </c>
+      <c r="D8" s="4">
+        <v>8202162.2599999998</v>
+      </c>
+      <c r="E8" s="4">
+        <v>5741513.5800000001</v>
+      </c>
+      <c r="F8" s="4">
+        <v>1277999.6599999999</v>
+      </c>
+      <c r="G8" s="4">
+        <v>1766.8</v>
+      </c>
+      <c r="H8" s="4">
+        <v>1825713.8</v>
+      </c>
+      <c r="I8" s="4">
+        <v>1276232.8600000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="4">
+        <v>16386425.9</v>
+      </c>
+      <c r="C9" s="4">
+        <v>9856372.5399999991</v>
+      </c>
+      <c r="D9" s="4">
+        <v>6530053.3600000003</v>
+      </c>
+      <c r="E9" s="4">
+        <v>4571037.3499999996</v>
+      </c>
+      <c r="F9" s="4">
+        <v>0</v>
+      </c>
+      <c r="G9" s="4">
+        <v>0</v>
+      </c>
+      <c r="H9" s="4">
+        <v>0</v>
+      </c>
+      <c r="I9" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="4">
+        <v>3079807.29</v>
+      </c>
+      <c r="C10" s="4">
+        <v>2022354.22</v>
+      </c>
+      <c r="D10" s="4">
+        <v>1057453.07</v>
+      </c>
+      <c r="E10" s="4">
+        <v>740217.15</v>
+      </c>
+      <c r="F10" s="4">
+        <v>0</v>
+      </c>
+      <c r="G10" s="4">
+        <v>0</v>
+      </c>
+      <c r="H10" s="4">
+        <v>0</v>
+      </c>
+      <c r="I10" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="4">
+        <v>19703735.949999999</v>
+      </c>
+      <c r="C11" s="4">
+        <v>12378382.35</v>
+      </c>
+      <c r="D11" s="4">
+        <v>7325353.5999999996</v>
+      </c>
+      <c r="E11" s="4">
+        <v>5127747.5199999996</v>
+      </c>
+      <c r="F11" s="4">
+        <v>0</v>
+      </c>
+      <c r="G11" s="4">
+        <v>0</v>
+      </c>
+      <c r="H11" s="4">
+        <v>0</v>
+      </c>
+      <c r="I11" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="4">
+        <v>156364063.71000001</v>
+      </c>
+      <c r="C12" s="4">
+        <v>105042918.56</v>
+      </c>
+      <c r="D12" s="4">
+        <v>51321145.149999999</v>
+      </c>
+      <c r="E12" s="4">
+        <v>35924801.600000001</v>
+      </c>
+      <c r="F12" s="4">
+        <v>0</v>
+      </c>
+      <c r="G12" s="4">
+        <v>0</v>
+      </c>
+      <c r="H12" s="4">
+        <v>0</v>
+      </c>
+      <c r="I12" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G13" s="5"/>
+      <c r="I13" s="6">
+        <f>SUM(I6:I12)</f>
+        <v>10027416</v>
+      </c>
+      <c r="J13" s="5"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="3"/>
+    </row>
+    <row r="16" spans="1:10" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="4">
+        <v>37525.29</v>
+      </c>
+      <c r="C17" s="4">
+        <v>625421.5</v>
+      </c>
+      <c r="D17" s="4">
+        <v>10860.45</v>
+      </c>
+      <c r="E17" s="4">
+        <v>35877.31</v>
+      </c>
+      <c r="F17" s="4">
+        <v>6288268.6299999999</v>
+      </c>
+      <c r="G17" s="4">
+        <v>7.73</v>
+      </c>
+      <c r="H17" s="4">
+        <v>35877.31</v>
+      </c>
+      <c r="I17" s="4">
+        <v>35869.58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="4">
+        <v>53948.2</v>
+      </c>
+      <c r="C18" s="4">
+        <v>899136.67</v>
+      </c>
+      <c r="D18" s="4">
+        <v>0</v>
+      </c>
+      <c r="E18" s="4">
+        <v>35965.47</v>
+      </c>
+      <c r="F18" s="4">
+        <v>8336590.3399999999</v>
+      </c>
+      <c r="G18" s="4">
+        <v>7.75</v>
+      </c>
+      <c r="H18" s="4">
+        <v>35965.47</v>
+      </c>
+      <c r="I18" s="4">
+        <v>35957.72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="4">
+        <v>3689.36</v>
+      </c>
+      <c r="C19" s="4">
+        <v>61489.33</v>
+      </c>
+      <c r="D19" s="4">
+        <v>49885.33</v>
+      </c>
+      <c r="E19" s="4">
+        <v>52344.9</v>
+      </c>
+      <c r="F19" s="4">
+        <v>10657746.810000001</v>
+      </c>
+      <c r="G19" s="4">
+        <v>11.28</v>
+      </c>
+      <c r="H19" s="4">
+        <v>52344.9</v>
+      </c>
+      <c r="I19" s="4">
+        <v>52333.62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="4">
+        <v>267790.46999999997</v>
+      </c>
+      <c r="C20" s="4">
+        <v>4463174.51</v>
+      </c>
+      <c r="D20" s="4">
+        <v>199149.38</v>
+      </c>
+      <c r="E20" s="4">
+        <v>377676.36</v>
+      </c>
+      <c r="F20" s="4">
+        <v>26613196.010000002</v>
+      </c>
+      <c r="G20" s="4">
+        <v>81.349999999999994</v>
+      </c>
+      <c r="H20" s="4">
+        <v>377676.36</v>
+      </c>
+      <c r="I20" s="4">
+        <v>377595.01</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="4">
+        <v>32815.550000000003</v>
+      </c>
+      <c r="C21" s="4">
+        <v>546925.82999999996</v>
+      </c>
+      <c r="D21" s="4">
+        <v>49814.55</v>
+      </c>
+      <c r="E21" s="4">
+        <v>71691.58</v>
+      </c>
+      <c r="F21" s="4">
+        <v>8525969.2599999998</v>
+      </c>
+      <c r="G21" s="4">
+        <v>15.44</v>
+      </c>
+      <c r="H21" s="4">
+        <v>71691.58</v>
+      </c>
+      <c r="I21" s="4">
+        <v>71676.14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="4">
+        <v>172447.12</v>
+      </c>
+      <c r="C22" s="4">
+        <v>2874118.66</v>
+      </c>
+      <c r="D22" s="4">
+        <v>114703.54</v>
+      </c>
+      <c r="E22" s="4">
+        <v>229668.29</v>
+      </c>
+      <c r="F22" s="4">
+        <v>8424750.2400000002</v>
+      </c>
+      <c r="G22" s="4">
+        <v>49.47</v>
+      </c>
+      <c r="H22" s="4">
+        <v>229668.29</v>
+      </c>
+      <c r="I22" s="4">
+        <v>229618.82</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="4">
+        <v>39022.720000000001</v>
+      </c>
+      <c r="C23" s="4">
+        <v>650378.67000000004</v>
+      </c>
+      <c r="D23" s="4">
+        <v>54949.1</v>
+      </c>
+      <c r="E23" s="4">
+        <v>80964.25</v>
+      </c>
+      <c r="F23" s="4">
+        <v>11389083.779999999</v>
+      </c>
+      <c r="G23" s="4">
+        <v>17.440000000000001</v>
+      </c>
+      <c r="H23" s="4">
+        <v>80964.25</v>
+      </c>
+      <c r="I23" s="4">
+        <v>80946.81</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="G24" s="5"/>
+      <c r="I24" s="6">
+        <f>SUM(I17:I23)</f>
+        <v>883997.70000000019</v>
+      </c>
+      <c r="J24" s="5"/>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" s="4">
+        <v>110816.54</v>
+      </c>
+      <c r="C26" s="4">
+        <v>1846942.33</v>
+      </c>
+      <c r="D26" s="4">
+        <v>0</v>
+      </c>
+      <c r="E26" s="4">
+        <v>73877.69</v>
+      </c>
+      <c r="F26" s="4">
+        <v>12552.61</v>
+      </c>
+      <c r="G26" s="4">
+        <v>0</v>
+      </c>
+      <c r="H26" s="4">
+        <v>12552.61</v>
+      </c>
+      <c r="I26" s="4">
+        <v>86430.3</v>
+      </c>
+      <c r="J26" s="4">
+        <v>5731270.1699999999</v>
+      </c>
+      <c r="K26" s="4">
+        <v>18.62</v>
+      </c>
+      <c r="L26" s="4">
+        <v>86430.3</v>
+      </c>
+      <c r="M26" s="4">
+        <v>86411.68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="4">
+        <v>494437.56</v>
+      </c>
+      <c r="C27" s="4">
+        <v>8240626</v>
+      </c>
+      <c r="D27" s="4">
+        <v>458363.52</v>
+      </c>
+      <c r="E27" s="4">
+        <v>311290.5</v>
+      </c>
+      <c r="F27" s="4">
+        <v>0</v>
+      </c>
+      <c r="G27" s="4">
+        <v>0</v>
+      </c>
+      <c r="H27" s="4">
+        <v>0</v>
+      </c>
+      <c r="I27" s="4">
+        <v>311290.5</v>
+      </c>
+      <c r="J27" s="4">
+        <v>15173359.09</v>
+      </c>
+      <c r="K27" s="4">
+        <v>67.05</v>
+      </c>
+      <c r="L27" s="4">
+        <v>311290.5</v>
+      </c>
+      <c r="M27" s="4">
+        <v>311223.45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="4">
+        <v>90590.42</v>
+      </c>
+      <c r="C28" s="4">
+        <v>1509840.33</v>
+      </c>
+      <c r="D28" s="4">
+        <v>580005.80000000005</v>
+      </c>
+      <c r="E28" s="4">
+        <v>37193.379999999997</v>
+      </c>
+      <c r="F28" s="4">
+        <v>0</v>
+      </c>
+      <c r="G28" s="4">
+        <v>0</v>
+      </c>
+      <c r="H28" s="4">
+        <v>0</v>
+      </c>
+      <c r="I28" s="4">
+        <v>37193.379999999997</v>
+      </c>
+      <c r="J28" s="4">
+        <v>13876356.529999999</v>
+      </c>
+      <c r="K28" s="4">
+        <v>8.01</v>
+      </c>
+      <c r="L28" s="4">
+        <v>37193.379999999997</v>
+      </c>
+      <c r="M28" s="4">
+        <v>37185.370000000003</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="4">
+        <v>961210.6</v>
+      </c>
+      <c r="C29" s="4">
+        <v>16020176.66</v>
+      </c>
+      <c r="D29" s="4">
+        <v>26750395.359999999</v>
+      </c>
+      <c r="E29" s="4">
+        <v>0</v>
+      </c>
+      <c r="F29" s="4">
+        <v>0</v>
+      </c>
+      <c r="G29" s="4">
+        <v>0</v>
+      </c>
+      <c r="H29" s="4">
+        <v>0</v>
+      </c>
+      <c r="I29" s="4">
+        <v>0</v>
+      </c>
+      <c r="J29" s="4">
+        <v>26302301.329999998</v>
+      </c>
+      <c r="K29" s="4">
+        <v>0</v>
+      </c>
+      <c r="L29" s="4">
+        <v>0</v>
+      </c>
+      <c r="M29" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="K30" s="5"/>
+      <c r="M30" s="6">
+        <f>SUM(M26:M29)</f>
+        <v>434820.5</v>
+      </c>
+      <c r="N30" s="5"/>
+    </row>
+    <row r="33" spans="12:13" x14ac:dyDescent="0.25">
+      <c r="L33" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="M33" s="6">
+        <f>I24+M30</f>
+        <v>1318818.2000000002</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FY26 Q1</vt:lpstr>
+      <vt:lpstr>FY26 Q2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Adam Floyd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>