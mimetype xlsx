--- v0 (2026-01-10)
+++ v1 (2026-01-30)
@@ -4,140 +4,132 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\TMD\TMD Shared Perm\Comp Office\Excise\CigTobacco\CT\Impact Test Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71E866A5-9056-453C-8435-80B875FC8BFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1D1AA54D-DD6E-4301-87F2-36F566CDB2C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{87A4A200-5AF3-4DF5-B5B2-408157BD9FE8}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
+  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="97">
   <si>
     <t>Business Rule</t>
   </si>
   <si>
     <t>Return Header State</t>
   </si>
   <si>
+    <t>TaxPeriodBeginDate/TaxPeriod EndDate</t>
+  </si>
+  <si>
     <t>Element</t>
   </si>
   <si>
     <t>X-Path</t>
   </si>
   <si>
     <t>Business Rule Description</t>
   </si>
   <si>
-    <t>The return being filed must have the correct beginning and ending inventory dates</t>
-[...1 lines deleted...]
-  <si>
     <t>XML Error</t>
   </si>
   <si>
     <t>Error Category</t>
   </si>
   <si>
     <t>The EIN for the person filing is correct</t>
   </si>
   <si>
     <t>XML Header Title</t>
   </si>
   <si>
     <t>Row Under XML Header Title</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
-    <t>Return Header State and Return Data State</t>
-[...4 lines deleted...]
-  <si>
     <t>The State EIN is the permit number for the account the file is being submitted for.</t>
   </si>
   <si>
     <t>IA-103-There's one or more transaction where the value is &lt; $1 and it is put on IA-CGR1 transaction row-Tobacco only</t>
   </si>
   <si>
     <t>XML Row</t>
   </si>
   <si>
     <t>16&amp;17</t>
   </si>
   <si>
-    <t>7&amp; 27</t>
-[...1 lines deleted...]
-  <si>
     <t>Transactions</t>
   </si>
   <si>
     <t>2 and 13</t>
   </si>
   <si>
     <t>StateDesc and Value</t>
   </si>
   <si>
     <t>For cigars under $1 must be reported as a IA-CGR2</t>
   </si>
   <si>
     <t>Data Error</t>
   </si>
   <si>
     <t>IA-104 - There's one or more transaction where the value is &gt;= $1 and it is put on IA-CGR2 transaction row-Tobacco only</t>
   </si>
   <si>
     <t>For cigars over $1 must be reported as a IA-CGR1</t>
   </si>
   <si>
     <t xml:space="preserve">StateDesc  </t>
   </si>
   <si>
     <t>One state description code is required for this field</t>
@@ -238,185 +230,226 @@
   <si>
     <t xml:space="preserve">IA-112 - State Description code of IA-CGR1 or IA-CGR2 and Unit Description is not Each or Stick-Tobacco  </t>
   </si>
   <si>
     <t>IA-113 - Unit cannot be 0-Tobacco</t>
   </si>
   <si>
     <t>IA-203 - Quantity cannot be negative-Cigarette</t>
   </si>
   <si>
     <t>IA-204 - UPC’s Unit of Measurement must be PAK. Cigarette</t>
   </si>
   <si>
     <t>UPCUOM</t>
   </si>
   <si>
     <t>IA-114 - One or more fields with an incorrect data type" is displayed and you are unable to continue until the XML file is fixed.-Cigarette and Tobacco</t>
   </si>
   <si>
     <t>Unit of measure must be PAK</t>
   </si>
   <si>
     <t>IA-206 - Count is required cannot be negative numbers</t>
   </si>
   <si>
-    <t>IA-205 - Unit of measure must be 20 or 25</t>
-[...1 lines deleted...]
-  <si>
     <t>IA-207 - MSA Status must be OPM, SPM, NPM, N/A, PM, NPM1, PM2, or NSM</t>
   </si>
   <si>
     <t>IA-209 - Schedule Code 2C cannot have an IA destination (in-state only)</t>
   </si>
   <si>
     <t>IA-210 - Fields cannot be empty</t>
   </si>
   <si>
     <t>IA-211- Country cannot be empty when foreign address is true</t>
   </si>
   <si>
-    <t>Tax Return</t>
+    <t>IA-205 - Sticks per pack must be 20 or 25</t>
+  </si>
+  <si>
+    <t>SticksPerPack</t>
+  </si>
+  <si>
+    <t>Sticks per pack can only be 20 or 25</t>
+  </si>
+  <si>
+    <t>Quantity, SticksPerPack, Total Sticks, Price</t>
+  </si>
+  <si>
+    <t>The return being filed must have the correct beginning and ending inventory dates. The first day of the period and the last day of the period.</t>
+  </si>
+  <si>
+    <t>Math</t>
   </si>
   <si>
     <t>Cigarette and Tobacco</t>
   </si>
   <si>
     <t>Tobacco</t>
   </si>
   <si>
+    <t>Return Type</t>
+  </si>
+  <si>
+    <t>Foreign Country Codes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Error Message-Country code is required. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cigarette  </t>
+  </si>
+  <si>
+    <t>TransmissionHeader</t>
+  </si>
+  <si>
+    <t>TransmissionHeader,Return Header State, SchTransaction</t>
+  </si>
+  <si>
+    <t>CigaretteTransmission/TransmissionHeader/Transmitter/ETIN or EFIN. Cigarette Transmission/ReturnState/Return Header State/Filer/EIN. Cigarette Transmission/ReturnState/ReturnDataState/SchTransaction/Schedule/TransactionDocument/EIN.      TobaccoTransmission/TransmissionHeader/Transmitter/ETIN or EFIN. TobaccoTransmission/ReturnState/ReaderHeaderState/Filer/EIN.TobaccoTransmission/ReturnState/ReturnDataState/SchTransaction/Schedule/TransactionDocument/EIN</t>
+  </si>
+  <si>
+    <t>6, 22 (CIG)  7&amp;26(TOB)</t>
+  </si>
+  <si>
+    <t>CigaretteTransmission/TransmissionHeader/Transmitter/StateEIN.      TobaccoTransmission/TransmissionHeader/Transmitter/StateEIN</t>
+  </si>
+  <si>
+    <t>7(CIG)     7(TOB)</t>
+  </si>
+  <si>
     <t>Cigarette</t>
   </si>
   <si>
-    <t xml:space="preserve">Cigarette  </t>
-[...11 lines deleted...]
-    <t>7&amp;23(Cig) 7&amp;26 (Tob)</t>
+    <t>10, 11, 12,13</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>MSA Status</t>
+  </si>
+  <si>
+    <t>MSA Status is required</t>
+  </si>
+  <si>
+    <t>Schedule Transaction</t>
+  </si>
+  <si>
+    <t>Pack Schedule</t>
+  </si>
+  <si>
+    <t>1-through 16</t>
+  </si>
+  <si>
+    <t>Fields cannot be empty</t>
+  </si>
+  <si>
+    <t>2C cannot be used in Iowa</t>
+  </si>
+  <si>
+    <t>Unaffixed Stamp Report</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -711,693 +744,1064 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7311543-03F0-428B-9BBA-7015FD9ED7DF}">
-  <dimension ref="A1:K24"/>
+  <dimension ref="A1:J33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4:XFD4"/>
+      <pane ySplit="1" topLeftCell="A19" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B35" sqref="B35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="4" width="34.85546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="14.7109375" customWidth="1"/>
+    <col min="1" max="3" width="34.85546875" customWidth="1"/>
+    <col min="4" max="4" width="16.140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="25.28515625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" style="2" customWidth="1"/>
+    <col min="7" max="7" width="24.5703125" customWidth="1"/>
+    <col min="8" max="8" width="40.42578125" style="6" customWidth="1"/>
+    <col min="9" max="9" width="39" customWidth="1"/>
+    <col min="10" max="10" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H1" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="I1" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" s="1"/>
+      <c r="D2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C1" t="s">
+      <c r="J2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="210" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" s="1"/>
+      <c r="D3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I3" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="57" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="71.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="2">
+        <v>2</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" s="4"/>
+      <c r="D8" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="2">
+        <v>12</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="2">
+        <v>1</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="2">
+        <v>14</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="E1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1" s="2" t="s">
+      <c r="I11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="2">
+        <v>15</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="4"/>
+      <c r="D13" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="57" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="2">
+        <v>11</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="2">
         <v>10</v>
       </c>
-      <c r="G1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H1" t="s">
+      <c r="F15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="71.25" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="2">
+        <v>8</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="2">
+        <v>8</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="J18" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="2">
+        <v>5</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" s="2">
+        <v>5</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="2">
+        <v>10</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="2">
+        <v>10</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J22" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J23" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J24" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J25" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="2">
         <v>2</v>
       </c>
-      <c r="I1" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="F26" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="2">
+        <v>2</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="E28" s="2">
         <v>1</v>
       </c>
-      <c r="D2" s="1"/>
-[...12 lines deleted...]
-      <c r="I2" s="5" t="s">
+      <c r="F28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="J2" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="I32" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D3" s="1"/>
-[...67 lines deleted...]
-      <c r="F5" s="2" t="s">
+      <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="G5" s="2" t="s">
-[...476 lines deleted...]
-      <c r="D24" s="8"/>
+    </row>
+    <row r="33" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>88</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>